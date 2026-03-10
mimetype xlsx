--- v0 (2026-01-24)
+++ v1 (2026-03-10)
@@ -10,11364 +10,11511 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8547" uniqueCount="3761">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8659" uniqueCount="3810">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>LO</t>
   </si>
   <si>
     <t>Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1320/lei_n_1027_2025_pgmp_loa.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1320/lei_n_1027_2025_pgmp_loa.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Orçamento Anual do Município de PARINTINS, para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1319/lei_no_1026_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1319/lei_no_1026_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SENHORA MARIA DO CARMO SIMÕES RIBEIRO, LOCALIZADO NA RUA FAUSTO BULCÃO S/N, BAIRRO EMÍLIO MOREIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1318/lei_n_1025_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1318/lei_n_1025_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>INCLUI O DIA DO EMPREENDEDOR NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1317/lei_n_1024_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1317/lei_n_1024_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE INCENTIVO AO LIVRO, À LEITURA E À LITERATURA NO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1316/lei_n_1023_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1316/lei_n_1023_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FESTIVAL GASTRONÔMICO DE PARINTINS NO CALENDÁRIO DE COMEMORAÇÕES DO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1315/lei_n_1022_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1315/lei_n_1022_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO DOS CANAIS DE DENÚNCIAS CONTRA MAUS-TRATOS A PESSOAS IDOSAS NAS POLICLÍNICAS E UNIDADES BÁSICAS DE SAÚDE (UBSs) GERIDAS PELO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1314/lei_n_1021_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1314/lei_n_1021_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>DENOMINAR DE “RUA JÚNIOR DE SOUZA” O LOGRADOURO PÚBLICO AO LADO ESQUERDO DO ANFITEATRO SILA MARÇAL, LOCALIZADO NA DA PRAÇA DOS BOIS, NO MUNICÍPIO DE PARINTINS-AM</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1313/lei_n_1020_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1313/lei_n_1020_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>CRIA OS COMPONENTES DO SISTEMA NACIONAL DE SEGURANÇA ALIMENTAR SISAN, DEFINE OS PARÂMETROS PARA ELABORAÇÃO E IMPLEMENTAÇÃO DO PLANO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1312/lei_n_1019_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1312/lei_n_1019_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO 2026 A 2029.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1311/lei_n_1018_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1311/lei_n_1018_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DO SENHOR GEOVANI BARBOSA DA PAZ LOCALIZADO NA RUA RUY CORREA N° 3556, BAIRRO PAULO CORREA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1310/lei_n_1017_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1310/lei_n_1017_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º, DA LEI MUNICIPAL Nº 1.014/2025-PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1309/lei_n_1016_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1309/lei_n_1016_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS/AM A INSTITUIR O PROGRAMA DE RECUPERAÇÃO FISCAL DO MUNICÍPIO - REFIS, PARA PESSOAS FÍSICAS E JURÍDICAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1291/lei_n_1015_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1291/lei_n_1015_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º, DA LEI MUNICIPAL Nº 1.013/2025-PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1272/lei_n_1014_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1272/lei_n_1014_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SENHORA MARIA SAMIRA SOUZA DO CARMO, LOCALIZADO NA RUA PASTOR LESSA N° 3820, BAIRRO ITAÚNA II E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1271/lei_n_1013_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1271/lei_n_1013_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO ABRIR NO ORÇAMENTO VIGENTE DO MUNICÍPIO, CRÉDITO ESPECIAL NO VALOR DE R$ 6.400.900,00 (SEIS MILHÕES, QUATROCENTOS MIL E NOVECENTOS REAIS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1270/lei_n_1012_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1270/lei_n_1012_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CRIAÇÃO DA CASA DE ARTE NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1269/lei_n_1011_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1269/lei_n_1011_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O APOIO E INSERÇÃO, ÀS PESSOAS COM DEFICIÊNCIA AUDIOVISUAL EM EVENTOS ESPORTIVOS CULTURAIS OFICIAIS REALIZADOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1268/lei_n_1010_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1268/lei_n_1010_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>FICA CRIADA A LEI QUE INSTITUI O DIA MUNICIPAL GOSPEL EM PARINTINS NO DIA 30 DE NOVEMBRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1267/lei_n_1009_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1267/lei_n_1009_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>FICA CRIADO O PROJETO DE LEI QUE ESTABELECE O PROGRAMA PARINTINS VERDE E CULTURAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1266/lei_n_1008_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1266/lei_n_1008_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A INCLUSÃO DO EVENTO 'BOLERÃO DOS IDOSOS' NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1265/lei_n_1007_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1265/lei_n_1007_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DA ARTEA - ARTE, EDUCAÇÃO E TRANSTORNO DO ESPECTRO AUTISTA NO ÂMBITO DO MUNICÍPIO DE PARINTINS.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1264/lei_n_1006_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1264/lei_n_1006_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE PARINTINS, O FESTIVAL DAS ARARAS VERMELHA E AZUL DA VILA AMAZÔNIA, REALIZADO ANUALMENTE, NO ÚLTIMO FINAL DE SEMANA DO MÊS DE SETEMBRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1261/lei_n_1005_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1261/lei_n_1005_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 580/2013-PGMP QUE DISPÕE SOBRE A REFORMA ADMINISTRATIVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1260/lei_n_1004_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1260/lei_n_1004_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 3°, DA LEI MUNICIPAL N° 994/2025- PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1259/lei_n_1003_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1259/lei_n_1003_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>"INSTITUI DIRETRIZES PARA A AGENDA AMBIENTAL NA ADMINISTRAÇÃO PÚBLICA - A3P, NO ÂMBITO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1258/lei_n_1002_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1258/lei_n_1002_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>"INSERE NO CALENDÁRIO OFICIAL DO MUNICÍPIO, O MÊS DA CONSCIENTIZAÇÃO DA DOENÇA DE PARKINSON, DENOMINADO TULIPA VERMELHA, A SER CELEBRADO ANUALMENTE NO MÊS DE ABRIL."</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1257/lei_n_1001_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1257/lei_n_1001_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA "CÂMARA VAI ÀS ESCOLAS" NO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1256/lei_n_1000_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1256/lei_n_1000_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI NORMAS DE PREVENÇÃO E PROTEÇÃO Á PAISAGEM URBANA CONTRA ATOS DE VANDALISMO, PICHAÇÃO E DEPREDAÇÃO DE BENS PÚBLICOS NO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1255/lei_n_999_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1255/lei_n_999_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE DIRETRIZES PARA A PREVENÇÃO E O ENFRENTAMENTO AO ABUSO E À EXPLORAÇÃO SEXUAL DE CRIANÇAS E ADOLESCENTES NO ÂMBITO DAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE ENSINO DE PARINTINS-AM, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1254/lei_n_998_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1254/lei_n_998_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE CAPACITAÇÃO DOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) PARA ATENDIMENTO INCLUSIVO, QUE CONTEMPLE TODOS OS TIPOS DE FAMÍLIAS, INCLUINDO MÃES SOLO E A POPULAÇÃO LGBTQIAPN+, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1253/lei_n_997_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1253/lei_n_997_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CÂMARA MUNICIPAL DE PARINTINS A FIRMAR CONVÊNIO COM INSTITUIÇÕES FINANCEIRAS PARA CONCESSÃO DE EMPRÉSTIMOS E/OU FINANCIAMENTOS MEDIANTE CONSIGNAÇÃO EM FOLHA DE PAGAMENTO AOS AGENTES PÚBLICOS DO PODER LEGISLATIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1158/lei_n_996_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1158/lei_n_996_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1157/lei_n_995_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1157/lei_n_995_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1156/lei_n_994_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1156/lei_n_994_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA DIOCESE DE PARINTINS LOCALIZADO NA RUA AGOSTINHO CUNHA N° 1582, BAIRRO NOSSA SENHORA DE NAZARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1155/lei_n_993_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1155/lei_n_993_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SENHORA MARIA RODRIGUES RIBEIRO LOCALIZADO NA RUA ARTHUR NETO N° 3829, BAIRRO ITAÚNA II E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1252/lei_n_992_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1252/lei_n_992_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SENHORA CELINA TAVARES RIBEIRO, LOCALIZADO NA RUA ARTHUR NETO N°2839, BAIRRO ITAÚNA II E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1251/lei_n_991_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1251/lei_n_991_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE DA PREFEITURA MUNICIPAL DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1250/lei_n_990_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1250/lei_n_990_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM A CAIXA ECONÔMICA FEDERAL, COM OU SEM A GARANTIA DA UNIÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1249/lei_n_989_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1249/lei_n_989_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI N° 469/2010-PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1248/lei_n_988_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1248/lei_n_988_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DO SENHOR MANOEL JOSÉ RIBEIRO LOCALIZADO NA RUA BARREIRINHA - BAIRRO EMÍLIO MOREIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1247/lei_n_987_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1247/lei_n_987_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SENHORA MARIA ROSA RIBEIRO VIEIRA LOCALIZADO NA RUA BARREIRINHA - BAIRRO EMÍLIO MOREIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1273/lei_n_986_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1273/lei_n_986_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO ANUAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS ATIVOS E PENSIONISTAS DA CÂMARA MUNICIPAL DE PARINTINS/AM, ABRANGENDO OS CARGOS DE PROVIMENTO EFETIVO E EM COMISSÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/812/lei_n_985_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/812/lei_n_985_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA O §2º DA LEI Nº 517/2012-CMP, QUE ESTABELECE CRITÉRIOS PARA A FIXAÇÃO DE PASSAGENS E DIÁRIAS AOS DETENTORES DE MANDATO ELETIVO E SERVIDORES PÚBLICOS DO PODER LEGISLATIVO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/811/lei_n_984_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/811/lei_n_984_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DO FUNCIONAMENTO DE CASAS NOTURNAS, LOJAS DE CONVENIÊNCIA, BARES E RESTAURANTES NO MUNICÍPIO DE PARINTINS.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/810/lei_n_983_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/810/lei_n_983_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO À PESSOA COM DEFICIÊNCIA AUDITIVA GESTANTE, O DIREITO A UM INTÉRPRETE DA LÍNGUA BRASILEIRA DE SINAIS - LIBRAS, PARA ACOMPANHAR AS CONSULTAS DE PRÉ-NATAL E O TRABALHO DE PARTO.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/808/lei_n_982_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/808/lei_n_982_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A “SEMANA MUNICIPAL DA AMAMENTAÇÃO” EM PARINTINS/AM, A SER COMEMORADA ANUALMENTE NA PRIMEIRA SEMANA DE AGOSTO.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/807/lei_n_981_2025_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/807/lei_n_981_2025_pgmp.pdf</t>
   </si>
   <si>
     <t>OBRIGA AS EMPRESAS QUE FORNECEM ENERGIA ELÉTRICA, TELEFONIA, COMUNICAÇÃO DE DADOS, TELEVISÃO A CABO OU OUTRO SERVIÇO POR MEIO DE REDE AÉREA NO MUNICÍPIO, A REALIZAR A IDENTIFICAÇÃO DE SEU CABEAMENTO.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/836/lei_no_980-2025-pgmp_e_publicacao.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/836/lei_no_980-2025-pgmp_e_publicacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA o Chefe do Poder Executivo Municipal a celebrar convênios, acordos, contratos, consórcios e congêneres com os órgãos da Administração Pública direta e indireta do Poder Executivo Estadual e da Administração Pública Federal direta e indireta, inclusive iniciativa privada e entidades assistenciais e culturais, e dá outras providências.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/970/lei_no_979_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/970/lei_no_979_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RATEIO DOS RECURSOS ORIUNDOS DE PRECATÓRIOS DECORRENTES DE TRANSFERÊNCIAS DO FUNDO DE MANUTENÇÃO DO ENSINO FUNDAMENTAL E VALORIZAÇÃO DO MAGISTÉRIO - FUNDEF, DEVIDO PELA UNIÃO EM EXERCÍCIOS ANTERIORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/969/lei_no_978_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/969/lei_no_978_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/968/lei_no_977_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/968/lei_no_977_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE PARINTINS, OS EVENTOS DOS ´CONTRÁRIOS DE PARINTINS`, DA COMPANHIA CULTURAL CONTRÁRIOS, CELEBRADO, ANUALMENTE, NO MÊS DE JUNHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/967/lei_no_976_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/967/lei_no_976_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DE 2025.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/966/lei_no_975_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/966/lei_no_975_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DOS HERDEIROS DE ROSEANE NÔVO DE FIGUEIREDO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/965/lei_no_974_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/965/lei_no_974_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DO ITEM IV-A E SEUS RESPECTIVOS ARTIGOS NA LEI Nº 945/2024-PGMP - LEI DE DIRETRIZES ORÇAMENTÁRIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/800/lei_n_973_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/800/lei_n_973_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de _x000D_
 Conscientização e Combate à _x000D_
 Violência contra Crianças e _x000D_
 Adolescentes e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/799/lei_n_972_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/799/lei_n_972_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>Institui a criação das Olimpíadas Artísticas Escolares na Rede Pública _x000D_
 Municipal de Ensino de Parintins.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/798/lei_n_971_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/798/lei_n_971_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>Dispões sobre o Programa Servidor Amigo do Autista, que trata da capacitação técnica de todas e todos os servidores do município de Parintins Município no atendimento às pessoas com o Transtorno do Espectro Autista –TEA- e dá outras providências.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/797/lei_n_970_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/797/lei_n_970_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>CAMPANHA DE PROMOÇÃO DA SAÚDE MENTAL E PREVENÇÃO AO SUICÍDIO VOLTADO PARA PROFISSIONAIS DE SEGURANÇA PÚBLICA NO MUNÍCIPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/796/lei_n_969_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/796/lei_n_969_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>Institui a Política de Transparência Ativa e Dados Abertos das Escolas Públicas do município de Parintins e dá outras providências</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/795/lei_n_968_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/795/lei_n_968_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prioridade de vaga e matrícula para crianças e adolescentes com deficiência ou doenças raras na rede pública municipal de ensino mais próxima de sua residência.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/794/lei_n_967_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/794/lei_n_967_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de Política Municipal de _x000D_
 Incentivo ao Jovem Empreendedor no _x000D_
 município de Parintins e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/793/lei_n_966_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/793/lei_n_966_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISPONIBILIZAÇÃO NA REDE MUNICIPAL DE SAÚDE, ASSISTÊNCIA PSICOLÓGICA E SOCIAL AOS ALUNOS VÍTIMAS DE BULLYING, E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/792/lei_n_965_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/792/lei_n_965_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>GARANTE O ABONO DE FALTA AO TRABALHO DE PAIS, MÃES E RESPONSÁVEIS POR ALUNOS, PARA PARTICIPAÇÃO EM REUNIÕES BIMESTRAIS OFICIALIZADA NO CALENDÁRIO ESCOLAR DAS ESCOLAS PÚBLICAS E PRIVADAS DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/791/lei_n_964_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/791/lei_n_964_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE UMA CENTRAL DE EMPREGOS PARA PESSOAS COM DEFICIÊNCIA – CEPPCD NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/790/lei_n_963_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/790/lei_n_963_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A AVALIAÇÃO VOCACIONAL AOS ALUNOS DO ENSINO MÉDIO DE TODAS AS ESCOLAS PÚBLICAS DO MUNICÍPIO DE PARINTINS E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/789/lei_n_962_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/789/lei_n_962_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL A SEMANA MUNICIPAL DE CIÊNCIA, TECNOLOGIA E INOVAÇÃO NO ÂMBITO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/788/lei_n_961_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/788/lei_n_961_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Prevenção e Conscientização sobre os males causados pelo uso intenso de celulares, tablets e computadores, por bebês e crianças.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/787/lei_n_960_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/787/lei_n_960_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>Institui o programa municipal de acompanhamento pré-natal e pós-parto para gestante com deficiência auditiva, surda e surdocega em todo o município de Parintins".</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/786/lei_n_959_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/786/lei_n_959_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>Institui o mês ”Maio Vermelho de conscientização e prevenção de doenças cardiovasculares".</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/785/lei_n_958_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/785/lei_n_958_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre diretrizes para o estímulo do turismo acessível e inclusivo para pessoas com Transtorno do Espectro Autista – TEA – no Município de Parintins".</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/784/lei_n_957_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/784/lei_n_957_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a criar programa de capacitação de pessoas com deficiência para o mercado de trabalho e incubação de empreendimentos no Município de Parintins".</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/783/lei_n_956_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/783/lei_n_956_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLEMENTAÇÃO DE PLANEJAMENTO ESPECÍFICO DE CONTEÚDO E DE ATIVIDADES QUE INCLUAM OS ESTUDANTES COM DEFICIÊNCIA NAS AULAS DE EDUCAÇÃO FÍSICA DAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/782/lei_n_955_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/782/lei_n_955_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DO ARTESANATO POPULAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/781/lei_n_954_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/781/lei_n_954_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PERMANÊNCIA DE UM ESTAGIÁRIO DE EDUCAÇÃO FÍSICA EM CADA ACADEMIA AO AR LIVRE DO MUNICÍPIO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/780/lei_n_953_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/780/lei_n_953_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA PÚBLICA PARA GARANTIA, PROTEÇÃO E AMPLIAÇÃO DOS DIREITOS DAS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/779/lei_n_952_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/779/lei_n_952_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>Institui a Semana da Pescadora e do Pescador no _x000D_
 município de Parintins e dá outras providências.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/778/lei_n_951_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/778/lei_n_951_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Programa Talentos da Terra”.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/777/lei_n_950_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/777/lei_n_950_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a proibição de emissão de ruídos excessivos em escapamentos de veículos moto ciclísticos e automotivos no âmbito municipal.”</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/776/lei_n_949_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/776/lei_n_949_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE PREVENÇÃO AO ABANDONO E EVASÃO ESCOLAR, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/775/lei_n_948_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/775/lei_n_948_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE CONTEÚDOS VOLTADOS A EDUCAÇÃO AMBIENTAL NO CURRÍCULO DAS ESCOLAS DA REDE PÚBLICA E PRIVADA DE EDUCAÇÃO BÁSICA DO MUNICÍPIO DE PARINTINS.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/774/lei_n_947_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/774/lei_n_947_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>Institui, no município de Parintins, a campanha permanente de conscientização e divulgação da Lei Nacional 14.737/2023 _x000D_
 que altera a Lei nº 8.080, de 19 de setembro de 1990 (Lei Orgânica da Saúde), para ampliar o direito da mulher de ter _x000D_
 acompanhante nos atendimentos realizados em serviços de saúde públicos e privados.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/773/lei_n_946_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/773/lei_n_946_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CENTRO DE CULTURA E MEMÓRIA DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/772/lei_n_945_2024_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/772/lei_n_945_2024_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/801/lei_n_944_2024.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/801/lei_n_944_2024.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A DOAÇÃO, COM ENCARGO, DE BEM PÚBLICO MUNICIPAL À COOPERATIVA MISTA DOS MOTOTAXISTAS DE PARINTINS - COOPMOTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/770/lei_n._943-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/770/lei_n._943-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E DELIMITAÇÃO DO BAIRRO NOVA CONQUISTA NO MUNICIPIO DE PARINTINS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/769/lei_n._942-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/769/lei_n._942-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMOVEL DE PROPRIEDADE DA SENHORA MARIA ROSA RIBEIRO VIEIRA LOCALIZADO NA RUA BARREIRINHA BAIRRO EMILIO MOREIRA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/768/lei_n._941-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/768/lei_n._941-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMOVEL DE PROPRIEDADE DO SENHOR MANOEL JOSÉ RIBEIRO LOCALIZADO NA RUA BARREIRINHA BAIRRO EMILIO MOREIRA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/767/lei_n._940-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/767/lei_n._940-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI BOAS PRÁTICAS E PADRÕES DE QUALIDADE NO ATENDIMENTO AO USUÁRIO DE SERVIÇOS PÚBLICOS DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/766/lei_n._939-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/766/lei_n._939-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL EM HOMENAGEM E GRATIDÃO AOS PROFISSIONAIS QUE ATUARAM NA LINHA DE FRENTE CONTRA A COVID-19 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/765/lei_n._938-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/765/lei_n._938-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE DENOMINAÇÃO DE LOGRADOUROS PÚBLICOS COM NOMES DE PESSOAS CONDENADAS POR VIOLÊNCIA CONTRA A MULHER, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/764/lei_n._937-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/764/lei_n._937-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE INCENTIVO À ECONOMIA SOLIDÁRIA PARA MULHERES (PIESM), NO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/763/lei_n._936-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/763/lei_n._936-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA "EDUCAÇÃO EMPREENDEDORA E INOVADORA" NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/762/lei_n._935-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/762/lei_n._935-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA DE CONTRATAÇÃO DE ADOLESCENTE APRENDIZ EM SITUAÇÃO DE VULNERABILIDADE OU RISCO SOCIAL NO MUNICÍPIO DE PARINTINS.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/761/lei_n._934-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/761/lei_n._934-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE ENFRENTAMENTO À VIOLÊNCIA DOMÉSTICA CONTRA AS MULHERES IDOSAS NA REDE DE SAÚDE PÚBLICA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/760/lei_n._933-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/760/lei_n._933-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ELEVAÇÃO DO VEÍCULO TRICICLO PARINTINENSE COMO PATRIMÔNIO CULTURAL E MATERIAL DO MUNICÍPIO DE PARINTINS E INSTITUI O DIA 26 DE JUNHO DE TODOS OS ANOS COMO DIA MUNICIPAL DO TRICICLEIRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/759/lei_n._932-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/759/lei_n._932-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DE MEDIDAS DE INFORMAÇÃO E PROTEÇÃO À GESTANTE E À PARTURIENTE CONTRA A VIOLÊNCIA OBSTÉTRICA NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/758/lei_n._931-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/758/lei_n._931-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA ESCOLA SEGURA, QUE ESTABELECE A OBRIGATORIEDADE DA IMPLEMENTAÇÃO DE MEDIDAS DE PREVENÇÃO E COMBATE À VIOLÊNCIA NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/757/lei_n._930-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/757/lei_n._930-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI AO CALENDÁRIO OFICIAL DO MUNICÍPIO DE PARINTINS O DIA 21 DE OUTUBRO COMO DATA COMEMORATIVA DA FUNDAÇÃO DA VILA AMAZÔNIA E A COLONIZAÇÃO AGRÁRIA DOS KOUTAKUSSEIS.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/756/lei_n._929-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/756/lei_n._929-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>CAMPANHA DE INCENTIVO, PROMOÇÃO E SENSIBILIZAÇÃO DO CUIDADO DA SAÚDE MENTAL MATERNA NO MUNÍCIPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/755/lei_n._928-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/755/lei_n._928-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>Institui a Programa Municipal de Acolhimento e Acompanhamento a Mulheres diagnosticadas com câncer de colo do útero no município de Parintins.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/754/lei_n._927-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/754/lei_n._927-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de curso de prevenção de acidentes e primeiros socorros para todos os professores, colaboradores e funcionários das _x000D_
 escolas e creches da rede pública municipal e privada no âmbito do Município de Parintins e dá outras providências.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/753/lei_n._926-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/753/lei_n._926-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DIVULGAÇÃO DA DEMANDA ATENDIDA E LISTA DE ESPERA POR VAGAS NAS UBS DO MUNICIPIO</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/752/lei_n._925-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/752/lei_n._925-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a ASSOCIAÇÃO DOS CONDUTORES DE  TRICICLO MOTORIZADO DE PARINTINS – ACTM-PIN, no município de Parintins e dá outras providências</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/732/lei_n._924-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/732/lei_n._924-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE A REVISÃO DOS VENCIMENTOS DOS SERVIDORES EFETIVOS, DOS COMISSIONADOS E DOS SUBSÍDIOS DOS AGENTES POLÍTICOS DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/731/lei_n._923-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/731/lei_n._923-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DOS HERDEIROS DE MANOEL ESTEVES DO ROSÁRIO LOCALIZADO NO BAIRRO PASCOAL ALAGGIO E DÁ OUTRAS PROVIDENCIAS (R$: 30.000,00).</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/730/lei_n._922-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/730/lei_n._922-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DOS HERDEIROS DE MANOEL ESTEVES DO ROSÁRIO LOCALIZADO NO BAIRRO PASCOAL ALAGGIO E DÁ OUTRAS PROVIDENCIAS (R$: 50.000,00).</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/729/lei_n._921-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/729/lei_n._921-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DOS HERDEIROS DE MANOEL ESTEVES DO ROSÁRIO LOCALIZADO NO BAIRRO PASCOAL ALAGGIO E DÁ OUTRAS PROVIDENCIAS (R$: 120.000,00).</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/728/lei_n._920-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/728/lei_n._920-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DOS HERDEIROS DE MANOEL ESTEVES DO ROSÁRIO LOCALIZADO NO BAIRRO PASCOAL ALAGGIO E DÁ OUTRAS PROVIDENCIAS (R$: 200.000,00).</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/727/lei_n._919-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/727/lei_n._919-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL PARA POLITICAS PENAIS - FUNPEN</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/726/lei_n._918-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/726/lei_n._918-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI E REGULAMENTA O FUNDO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL - FUMDERS NO MUNICIPIO DE PARINTINS.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/724/lei_n._917-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/724/lei_n._917-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A REALIZAÇÃO DO ECOCARDIOGRAMA FETAL DURANTE O PRÉ-NATAL PARA DETECÇÃO PRECOCE DE ANOMALIAS CARDÍACAS CONGÊNITAS, VISANDO À PROTEÇÃO DA SAÚDE MATERNA E FETAL NO MUNICÍPIO DE PARINTINS.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/723/lei_n._916-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/723/lei_n._916-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A ADOÇÃO DO PROTOCOLO DE ATENDIMENTO ÀS CRIANÇAS E ADOLESCENTES VÍTIMAS DE RACISMO NAS ESCOLAS DO MUNÍCIPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/722/lei_n._915-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/722/lei_n._915-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PRÊMIO JOVENS ESCRITORES NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/721/lei_n._914-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/721/lei_n._914-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DA SAÚDE MENTAL NAS ESCOLAS PÚBLICAS NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/720/lei_n._913-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/720/lei_n._913-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA "TESTE DO OLHINHO" NO ÂMBITO DO MUNICÍPIO DE PARINTINS, AMAZONAS, VISANDO COMBATER O RETINOBLASTOMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/719/lei_n._912-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/719/lei_n._912-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI ASSISTÊNCIA INTEGRAL À SAÚDE DA MULHER NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/718/lei_n._911-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/718/lei_n._911-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA CAMPANHA DE CONSCIENTIZAÇÃO SOBRE A SAÚDE DO HOMEM NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/717/lei_n._910-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/717/lei_n._910-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ATENÇÃO À SAÚDE OCUPACIONAL DOS SERVIDORES MUNICIPAIS DE PARINTINS, NO ÂMBITO DO MUNICÍPIO DE PARINTINS.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/716/lei_n._909-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/716/lei_n._909-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA DE ALFABETIZAÇÃO DIGITAL PARA ESTUDANTES COM DEFICIÊNCIA NO MUNICÍPIO DE PARINTINS.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/715/lei_n._908-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/715/lei_n._908-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DIREITO DA MULHER DE TER ACOMPANHANTE NAS CONSULTAS E EXAMES NOS ESTABELECIMENTOS PÚBLICOS E PRIVADOS DE SAÚDE, NO ÂMBITO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/714/lei_n._907-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/714/lei_n._907-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE PREVENÇÃO AO SUICÍDIO NA REDE MUNICIPAL DE EDUCAÇÃO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/713/lei_n._906-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/713/lei_n._906-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DA ORIENTAÇÃO PROFISSIONAL PARA O PRIMEIRO EMPREGO NAS ESCOLAS PÚBLICAS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/712/lei_n._905-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/712/lei_n._905-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE ARBORIZAÇÃO URBANA NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/711/lei_n._904-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/711/lei_n._904-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA DE COMBATE E PREVENÇÃO, AO CÂNCER DE PELE NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/710/lei_n._903-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/710/lei_n._903-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA ESCOLA DE MÚSICA NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/709/lei_n._902-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/709/lei_n._902-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE ATENÇÃO INTEGRAL À PESSOA COM ANSIEDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/708/lei_n._901-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/708/lei_n._901-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA DE INCENTIVO, PROMOÇÃO E SENSIBILIZAÇÃO DO CUIDADO DA SAÚDE MENTAL MATERNA NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/707/lei_n._900-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/707/lei_n._900-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DO FUTEBOL AMADOR NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/706/lei_n._899-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/706/lei_n._899-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>CRIA E INSTITUI O DIA MUNICIPAL DOS CUIDADORES E PROTETORES DE ANIMAIS NO MUNICÍPIO DE PARINTINS/AMAZONAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/705/lei_n._898-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/705/lei_n._898-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA "SEMANA MUNICIPAL DE PROTEÇÃO ANIMAL" NO MUNICÍPIO DE PARINTINS DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/704/lei_n._897-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/704/lei_n._897-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI AO CALENDÁRIO OFICIAL DO MUNICÍPIO DE PARINTINS O "DIA DO JOVEM EMPREENDEDOR" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/703/lei_n._896-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/703/lei_n._896-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>ASSEGURA O ATENDIMENTO MÉDICO PRIORITÁRIO A CRIANÇAS E ADOLESCENTES ACOMPANHADOS DE CONSELHEIROS TUTELARES NO MUNICÍPIO DE PARINTINS.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/702/lei_n._895-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/702/lei_n._895-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA CAMPANHA DE INCENTIVO A TERCEIRA IDADE EM ATIVIDADE, DESTINADO A INCENTIVAR A INSERÇÃO E A MANUTENÇÃO DE IDOSOS NO MERCADO DE TRABALHO EM PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/701/lei_n._894-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/701/lei_n._894-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A POLÍTICA MUNICIPAL DE PROTEÇÃO DOS DIREITOS DA PESSOA COM SÍNDROME DE DOWN (T21) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/700/lei_n._893-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/700/lei_n._893-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INCLUÍ NO CALENDÁRIO OFICIAL DO MUNICÍPIO, O "DIA DO LIDER COMUNITÁRIO", A SER COMEMORADO ANUALMENTE, NO DIA 01 DE OUTUBRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/699/lei_n._892-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/699/lei_n._892-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE CAIXAS ELETRÔNICOS EM ALTURA REDUZIDA NAS AGÊNCIAS BANCÁRIAS E INSTITUIÇÕES FINANCEIRAS DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/698/lei_n._891-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/698/lei_n._891-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DIA DA ORAÇÃO NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/697/lei_n._890-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/697/lei_n._890-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DE PLACAS DE ALERTA SOBRE VIOLÊNCIA E EXPLORAÇÃO SEXUAL CONTRA A MULHER E SOBRE VIOLAÇÃO AOS DIREITOS HUMANOS, EM BARES, RESTAURANTES, CASAS DE SHOWS E ESTABELECIMENTOS SIMILARES, NO MUNICÍPIO DE PARINTINS.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/696/lei_n._889-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/696/lei_n._889-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO PATINHAS UNIDAS DE PARINTINS, NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/695/lei_n._888-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/695/lei_n._888-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O INSTITUTO AUTISMO DE PARINTINS ISADORA TUPINAMBÁ - IAPIN.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/694/lei_n._887-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/694/lei_n._887-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DO PREFEITO, DO VICE-PREFEITO, DO PROCURADOR GERAL E DO CONTROLADOR GERAL DO MUNICÍPIO E DEMAIS AGENTES POLÍTICOS MUNICIPAIS PARA O MANDATO DE 2025-2028 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/693/lei_n._886-2024-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/693/lei_n._886-2024-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A OBRIGATORIEDADE DA CONSTRUÇÃO DE RAMPAS DE ACESSIBILIDADE NAS VIAS PÚBLICAS NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/979/lei_no_885-2023-pgmp_e_publicacao.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/979/lei_no_885-2023-pgmp_e_publicacao.pdf</t>
   </si>
   <si>
     <t>REESTRUTURAÇÃO DO PLANO DE CARREIRA, CARGOS E REMUNERAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO BÁSICA DA PREFEITURA MUNICIPAL DE PARINTINS - PMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/978/lei_no_884-2023-pgmp_e_publicacao.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/978/lei_no_884-2023-pgmp_e_publicacao.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DE 2024.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/687/lei_n._882-2023-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/687/lei_n._882-2023-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. ALCILEIA FARIAS DE SOUZA, LOCALIZADO NA RUA OSVALDO MEIO N° 3750, BAIRRO ITAÚNA 1 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/680/lei_n._881-2023-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/680/lei_n._881-2023-pgmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO POR MORADIA DO BAIRRO DO CASTANHAL - AMBC NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/679/lei_n._880-2023-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/679/lei_n._880-2023-pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA, REVOGA E INSERE DISPOSITIVOS NA LEI MUNICIPAL N° 711/2018-PGMP E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/678/lei_n._879-2023-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/678/lei_n._879-2023-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A EXPEDIÇÃO DE TÍTULOS DEFINITIVOS PARA AS FAMÍLIAS ASSENTADAS NO BAIRRO CASTANHAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/677/lei_n._878-2023-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/677/lei_n._878-2023-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E DELIMITAÇÃO DO BAIRRO CASTANHAL NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/977/lei_no_877-2023-pgmp_e_publicacao.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/977/lei_no_877-2023-pgmp_e_publicacao.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 16 DE 14 DE OUTUBRO DE 1952 QUE FIXA O DIA 15 DE OUTUBRO COMO FERIADO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/976/lei_no_876-2023-pgmp_e_publicacao.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/976/lei_no_876-2023-pgmp_e_publicacao.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 5º, DA LEI MUNICIPAL N° 402/2007-PGMP QUE CRIA O FUNDO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL - FMHIS E INSTITUI O CONSELHO GESTOR DO FMHIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/975/lei_no_875-2023-pgmp_e_publicacao.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/975/lei_no_875-2023-pgmp_e_publicacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR REPASSADA PELA UNIÃO FEDERAL VISANDO DAR CUMPRIMENTO AO DISPOSTO NA LEI FEDERAL N° 14.434, DE 4 DE AGOSTO DE 2022 QUE INSTITUIU O PISO SALARIAL NACIONAL DO ENFERMEIRO, DO TÉCNICO DE ENFERMAGEM, DO AUXILIAR DE ENFERMAGEM E DA PARTEIRA.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/974/lei_no_874-2023-pgmp_e_publicacao.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/974/lei_no_874-2023-pgmp_e_publicacao.pdf</t>
   </si>
   <si>
     <t>PROMOVE ADEQUAÇÃO ORÇAMENTÁRIA NO ÂMBITO DO MUNICÍPIO DE PARINTINS/AM E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO ANUAL DE 2023 NO VALOR DE R$ 944.466,36 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/973/lei_no_873-2023-pgmp_e_publicacao_refis.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/973/lei_no_873-2023-pgmp_e_publicacao_refis.pdf</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/972/lei_no_872-2023-pgmp_e_publicacao.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/972/lei_no_872-2023-pgmp_e_publicacao.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO PARINTINENSE AO EXCELENTÍSSIMO PRESIDENTE DA REPÚBLICA FEDERATIVA DO BRASIL SENHOR LUIZ INÁCIO LULA DA SILVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/671/lei_n._870-2023_-_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/671/lei_n._870-2023_-_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 20249 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/685/lei_n._871-2023_-_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/685/lei_n._871-2023_-_pgmp.pdf</t>
   </si>
   <si>
     <t>“Estabelece a Política Municipal para compras institucionais da agricultura familiar e empreendimentos familiares rurais - Compra Local, e dá outras providencias”.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/684/lei_n._869-2023_-_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/684/lei_n._869-2023_-_pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A ADOÇÃO DE MEDIDAS PREVENTIVAS PARA DETER A INDISCIPLINA E A VIOLÊNCIA ESCOLAR, NA FORMA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/683/lei_n._868-2023_-_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/683/lei_n._868-2023_-_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE A EMPRESA CONCESSIONÁRIA OU PERMISSIONÁRIA DE ENERGIA ELÉTRICA DO MUNICÍPIO DE PARINTINS REALIZAR O ALINHAMENTO E A RETIRADA DOS FIOS INUTILIZADOS NOS POSTES E NOTIFICAR AS DEMAIS EMPRESAS QUE UTILIZAM OS POSTES COMO SUPORTE DE SEUS CABEAMENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/682/lei_n._867-2023_-_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/682/lei_n._867-2023_-_pgmp.pdf</t>
   </si>
   <si>
     <t>Utilidade Pública a Associação Folclórica Boi Bumbá Mirim Tupi, inscrita no CNPJ n 17.797.407/0001-94</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/681/lei_n._866-2023_-_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/681/lei_n._866-2023_-_pgmp.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OBRIGATORIEDADE DOS ESTABELECIMENTOS COMERCIAIS, HOTÉIS, MOTÉIS, CASAS NOTURNAS E SIMILARES A ANEXAR AVISO EM LOCAL VISÍVEL SOBRE OS CRIMES PRATICADOS CONTRA CRIANÇAS E ADOLESCENTES, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/665/lei_n._865-2023-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/665/lei_n._865-2023-pgmp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Abertura de Crédito Adicional Especial no Orçamento Vigente da Prefeitura Municipal de Parintins, e dá outras providências</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/971/lei_no_864-2023-pgmp_e_publicacao.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/971/lei_no_864-2023-pgmp_e_publicacao.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A AUGUSTA E RESPEITÁVEL LOJA SIMBÓLICA AURORA DO AMAZONAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/981/lei_no_863-2022-pgmp_e_publicacao_-_loa_2023.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/981/lei_no_863-2022-pgmp_e_publicacao_-_loa_2023.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/662/lei_n._862-2022_-_pgmp_utilidade_publica_associacao_dom_gino.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/662/lei_n._862-2022_-_pgmp_utilidade_publica_associacao_dom_gino.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOM GINO MALVESTIO NO MUNICIPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/980/lei_no_861-2022-pgmp_e_publicacao.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/980/lei_no_861-2022-pgmp_e_publicacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E IMPLEMENTAÇÃO DA SEMANA DA DIVERSIDADE LGBTQIA+ E COMBATE A HOMOFOBIA NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/661/lei_n._860-2022_-_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/661/lei_n._860-2022_-_pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "SEMANA DA CIDADANIA" NA REDE MUNICIPAL DE ENSINO NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/596/lei_n._859-2022_-_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/596/lei_n._859-2022_-_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER GRATUITAMENTE POR TEMPO INTEDERMINADO DIREITO REAL DE USO SOBRE BEM IMOVEL E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/595/lei_n._858-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/595/lei_n._858-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SERVIÇO DE ACOLHIMENTO FAMILIAR PROVISÓRIO DE CRIANÇAS E ADOLESCENTES EM SITUAÇÃO DE PRIVAÇÃO TEMPORÁRIA DO CONVÍVIO COM A FAMÍLIA DE ORIGEM, DENOMINADO SERVIÇO FAMÍLIA ACOLHEDORA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/592/lei_n._857-2022_-_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/592/lei_n._857-2022_-_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROFISSIONALIZAÇÃO E REINSERÇÃO NO MERCADO DE TRABALHO DE PAIS OU RESPONSÁVEIS POR PESSOAS COM DEFICIÊNCIA EM_x000D_
 CASO DE FALECIMENTO DESTES</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/591/lei_n._856-2022_-_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/591/lei_n._856-2022_-_pgmp.pdf</t>
   </si>
   <si>
     <t>REVOGA OS INCISOS IX DOS PARÁGRAFOS l' E 20 DO ART. 30 DA LEI MUNICIPAL N° 342/2005-PGMP QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DEFESA DOS DIREITOS DA MULHER E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/442/lei_n._855-2022-_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/442/lei_n._855-2022-_cmp.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A ALTERAÇÃO DO NOME DA AVENIDA PENETRAÇÃO, LOCALIZADA NO BAIRRO DA UNIÃO, PASSANDO A SER DENOMINADA COMO AVENIDA TADEU DE SOUZA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/</t>
+    <t>http://sapl.parintins.am.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS A RECEBER EM DOAÇÃO, UM IMÓVEL DE PROPRIEDADE DA DIOCESE DE PARINTINS, PARA FINS DE CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA COBERTA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/524/lei_no_853-2022-pgmp_e_publicacao_-_ldo_2023.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/524/lei_no_853-2022-pgmp_e_publicacao_-_ldo_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEI DE DIRETRIZES ORÇAMENTÁRIA – LDO PARA O EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/429/lei_n._852-2022_-_pgmp_conselho_municipal_de_defesa_dos_direitos_da_mulher.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/429/lei_n._852-2022_-_pgmp_conselho_municipal_de_defesa_dos_direitos_da_mulher.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 342/2005-PGMP QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DEFESA DOS DIREITOS DA MULHER E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/428/lei_n._851-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/428/lei_n._851-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR BEM IMÓVEL DE INTERESSE PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/427/lei_n._850-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/427/lei_n._850-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DIA DA TOADA DE BOI BUMBÁ, A SER COMEMORADO EM 01 DE JUNHO DE TODOS OS ANOS E DÁ OUTRAS_x000D_
 PREVIDÊNCIAS</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/426/lei_n._849-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/426/lei_n._849-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA AO SINDICATO DOS AGENTES DE SAÚDE E ACE, NO MUNICIPIO DE PARLNTINS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/425/lei_n._848-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/425/lei_n._848-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>ASSEGURA TODAS ASINFORMAÇÕES E DIREITO DE ATENDIMENTO A PESSOA SURDA POR MEIO DA LÍNGUA BRASILEIRA DE SINAIS - LIBRAS, EM TODAS AS INSTITUIÇÕES PÚBLICAS DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/424/lei_n._847-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/424/lei_n._847-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE CONTRATAÇÃO DE PESSOAS CONDENADAS POR CRIME DE VIOLÊNCIA CONTRA MULHER PELA ADMINISTRAÇÃO PÚBLICA NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/423/lei_n._846-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/423/lei_n._846-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>"INCLUI A AÇÃO CONJUNTA ENTRE A PREFEITURA MUNICIPAL DE PARINTINS ATRAVÉS DA EMTT E SEMED JUNTAMENTE COM A SEDUC PARA QUE HAJA O AMIGO DO TRÂNSITO NAS ESCOLAS MUNICIPAIS E ESTADUAIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/422/lei_n._845-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/422/lei_n._845-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PERMUTA DE UM BEM PÚBLICO COM BEM PARTICULAR</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/421/lei_n._844-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/421/lei_n._844-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DO SR. FRANCISCO EDMILSON PRADO,  LOCALIZADO NA RUA PARAÍBA, N°2456, BAIRRO PALMARES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/420/lei_n._843-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/420/lei_n._843-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 831/2022- PGMP QUE CRIA O FUNDO MUNICIPAL  DE PROTEÇÃO E DEFESA CIVIL - FUMPDEC E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/419/lei_n._842-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/419/lei_n._842-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. GLORENE AMAZONAS DA SILVA, LOCALIZADO NA RUA (6) MARIA_x000D_
 ANGELA, S/N° - BAIRRO UNIÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/418/lei_n._841-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/418/lei_n._841-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. LISSARA GÓES DE SOUZA, LOCALIZADO NA RUA (6) MARIA ANGELA, N° 947 -_x000D_
 BAIRRO UNIÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/417/lei_n._840-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/417/lei_n._840-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. GORETE MOREIRA DA SILVA, LOCALIZADO NA RUA (6) MARIA_x000D_
 ANGELA, N° 939 - BAIRRO UNIÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/416/lei_n._839-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/416/lei_n._839-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DO SR. IZANILDO DOS SANTOS NUNES, LOCALIZADO NA RUA (6) MARIA_x000D_
 ANGELA, N° 943 - BAIRRO UNIÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/415/lei_n._838-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/415/lei_n._838-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. MARLENE BRUCE LIRA, LOCALIZADO NA RUA (5) AMÉRICO BATISTA, S/N° -_x000D_
 BAIRRO UNIÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/414/lei_n._837-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/414/lei_n._837-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. VALDINEL&amp; MARIA RODRIGUES DA SILVA, LOCALIZADO NA RUA (5)_x000D_
 AMÉRICO BATISTA, N° 618 - BAIRRO UNIÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/413/lei_n._836-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/413/lei_n._836-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DO SR. ALEX  DA SILVA, LOCALIZADO NA RUA (5) AMÉRICO BATISTA, N° 606 - BAIRRO_x000D_
 UNIÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/412/lei_n._835-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/412/lei_n._835-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. TWANY CHRISTINE OLIVEIRA DA  SILVA, LOCALIZADO NA RUA (5) AMÉRICO BATISTA, SINO — BAIRRO UNIÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/411/lei_n._834-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/411/lei_n._834-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA.  RENILDES MARIA BATISTA SALES, LOCALIZADO NA RUA (5) AMÉRICO BATISTA, N° 622 - BAIRRO UNIÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/410/lei_n._833-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/410/lei_n._833-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DO SR. FRANCISCO ANDRADE DOS SANTOS,  LOCALIZADO NA RUA (5) AMÉRICO BATISTA, N° 612 - BAIRRO UNIÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/409/lei_n._832-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/409/lei_n._832-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. SOFIA DA SILVA LIMA, LOCALIZADO NA RUA (5) AMÉRICO BATISTA, N° 614 -_x000D_
 BAIRRO UNIÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/408/lei_n._831-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/408/lei_n._831-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DEPROTEÇÃO E DEFESA CIVIL FUMEDEC DO MUNICÍPIO DE PÁRINTINS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/407/lei_n._830-2022-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/407/lei_n._830-2022-pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 20, DA LEI MUNICIPAL N° 808, DE 12 DE JANEIRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/406/lei_n._829-2022_-_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/406/lei_n._829-2022_-_pgmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO HOSPITAL PADRE COLOMBO, NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/404/lei_n._827-2022_-_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/404/lei_n._827-2022_-_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. IZAL1NA DA SILVA AZEDO, LOCALIZADO NA RUA JOAO MEIRELES, SIN° - SANTA CLARA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/405/lei_n._828-2022_-_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/405/lei_n._828-2022_-_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AUTARQUIA MUNICIPAL SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO - SAAE A ALIENAR BEM IMÓVEL NA FORMA DO ART. 34, INCISO IX DA LEI ORGÂNICA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/403/lei_826_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/403/lei_826_2022.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N° 780/2020-PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/399/lei_825_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/399/lei_825_2022.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N° 764/2020-PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/398/lei_824_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/398/lei_824_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO, COM ENCARGO, DE BEM PÚBLICO MUNICIPAL À DEFENSORIA PÚBLICA DO ESTADO DO AMAZONAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/397/lei_823_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/397/lei_823_2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 2°, DA LEI MUNICIPAL N° 822/2022-PGMP QUE TRATA SOBRE A AUTORIZAÇÃO MUNICIPAL PARA CONTRATAÇÃO DE OPERAÇÃO DE CRÉDITO COM A CAIXA ECONÔMICA FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/396/lei_822_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/396/lei_822_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM A CAIXA ECONÔMICA FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/395/lei_821_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/395/lei_821_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. ORIANE DE SOUZA BATALHA, LOCALIZADO NA RUA NAKAUTH, S/N° - SANTA CLARA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/394/lei_820_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/394/lei_820_2022.pdf</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/393/lei_819_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/393/lei_819_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. FERNANDA BATALHA IANNUZZI, LOCALIZADO NA RUA NAKAUTH, S/N° - SANTA CLARA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/392/lei_818_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/392/lei_818_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. SAÚDE LIMA GONÇALVES, LOCALIZADO NA RUA CORREA NETO, 3153 - PAULO CORRÊA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/391/lei_817_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/391/lei_817_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. MARIA LAURA CARDOSO COELHO, LOCALIZADO NA RUA CORRÊA NETO (RUA 8), N° 3151, BAIRRO PAULO CORRÊA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/390/lei_816_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/390/lei_816_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. ELLEN VALENTE LOCALIZADO NA RUA CORREA NETO, 3133 - PAULO CORREA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/389/lei_815_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/389/lei_815_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. MARIANA RODRIGUES MOURÃO, LOCALIZADO NA RUA CORRÊA NETO (RUA 8), N°3125, BAIRRO PAULO CORRÊA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/388/lei_814_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/388/lei_814_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. SORAIA LEAL DA SILVA LOCALIZADO NA RUA CORREA NETO, 3153 - PAULO CORREA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/387/lei_813_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/387/lei_813_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. LAURENICE COELHO BENEVIDES, LOCALIZADO NA RUA CORREA NETO, 3143 - ITAUNA II E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/384/lei_812_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/384/lei_812_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. JOVANA BATISTA AZEVEDO, LOCALIZADO NA RUA ZENAIDE MIRANDA (RUA 7), N°3166, BAIRRO PAULO CORRÊA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/383/lei_811_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/383/lei_811_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. LUCIMONE SANTOS LIMA, LOCALIZADO NA RUA ZENAIDE MIRANDA (RUA 7), N°3176, BAIRRO PAULO CORRÊA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/382/lei_810_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/382/lei_810_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DO SR. GLAUCIONEI OLIVEIRA DOS SANTOS, LOCALIZADO NA RUA ZENAIDE MIRANDA, 3208 - PAULO CORREA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/381/lei_809_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/381/lei_809_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. JANE MARIA DA SILVA SOUZA, LOCALIZADO NA RUA ZENAIDE MIRANDA (RUA 7), N°3186, BAIRRO PAULO CORRÊA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/380/lei_808_2022.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/380/lei_808_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. MARIA SELMA COSTA, LOCALIZADO NA RUA ZENAIDE MIRANDA, 3196 - PAULO CORREA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/379/lei_807_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/379/lei_807_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A MANUTENÇÃO DE PSICÓLOGO PARA ATUAR JUNTO ÀS FAMÍLIAS, CORPO DOCENTE, DISCENTE, DIREÇÃO E EQUIPE TÉCNICA, NAS ESCOLAS DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/378/lei_806_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/378/lei_806_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA ESTRUTURA ORGANIZACIONAL DA CONTROLADORIA GERAL DO MUNICÍPIO - CGM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/377/lei_805_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/377/lei_805_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA DE CONTROLE INTERNO DO PODER EXECUTIVO, NOS TERMOS DO ART. 31 DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/376/lei_804_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/376/lei_804_2021.pdf</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/375/lei_803_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/375/lei_803_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N°697/2018/PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/365/lei_802_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/365/lei_802_2021.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DE 2022.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/402/lei_801_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/402/lei_801_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA INCLUSÃO DE ARTISTAS LOCAIS EM SHOWS, MUSICAIS E OU EVENTOS CULTURAIS EM GERAL, PATROCINADOS PELA PREFEITURA MUNICIPAL DE PARINTINS, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/374/lei_800_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/374/lei_800_2021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO, NO ÂMBITO DA CÂMARA MUNICIPAL DE PARINTINS, DO PARLAMENTO JOVEM MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/373/lei_799_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/373/lei_799_2021.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A ALTERAÇÃO E ACRESCENTA DISPOSITIVO À LEI N° 373/2006 - QUE AUTORIZA O SERVIÇO DE TRANPORTE INDIVIDUAL DE PASSAGEIROS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/372/lei_798_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/372/lei_798_2021.pdf</t>
   </si>
   <si>
     <t>"FICA CRIADA A LEI QUE RECONHECE A PRÁTICA DA ATIVIDADE FÍSICA E DE EXERCÍCIO FÍSICO, ORIENTADOS POR PROFISSIONAIS DA ÁREA EDUCAÇÃO FÍSICA DEVIDAMENTE HABILITADOS PELO SISTEMA CONFEF/CREF's, COMO ESSENCIAIS PARA A POPULAÇÃO DO MUNICÍPIO DE PARINTINS, EM ESTABELECIMENTOS PRESTADORES DE SERVIÇOS DESTINADOS A ESSA FINALIDADE, BEM COMO EM ESPAÇOS PÚBLICOS PERMITIDOS EM TEMPOS DE PANDEMIA E ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/371/lei_797_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/371/lei_797_2021.pdf</t>
   </si>
   <si>
     <t>FICA INSTITUÍDO NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO "QUEBRANDO O SILÊNCIO" A SER COMEMORADO NO ÚLTIMO SÁBADO DO MÊS DE AGOSTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/370/lei_796_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/370/lei_796_2021.pdf</t>
   </si>
   <si>
     <t>QUE DÁ NOME CHICÃO GARCIA À FEIRA DO ITAÚNA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/369/lei_795_2021_ppa_2022_2025..pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/369/lei_795_2021_ppa_2022_2025..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO 2022 A 2025.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/368/lei_794_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/368/lei_794_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA DIOCESE DE PARINTINS, LOCALIZADO NA RUA SANTA TEREZINHA, S/N - ITAÚNA II E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/367/lei_793_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/367/lei_793_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA DIOCESE DE PARINTINS, LOCALIZADO NA ESTRADA DO MACURANY, S/N - COMUNIDADE DO MACURANY E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/366/lei_792_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/366/lei_792_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. MARIA DE FÁTIMA TEIXEIRA DE LIMA, LOCALIZADO NA RUA ARMANDO PRADO, 3355 - SÃO BENEDITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/363/lei_791_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/363/lei_791_2021.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N° 435/2008- PGMP, QUE DISPÕE SOBRE A DOAÇÃO DE UM BEM PÚBLICO DO MUNICÍPIO DE_x000D_
 PARINTINS AO MINISTÉRIO DA MARINHA PARA USO DA CAPITANIA DOS PORTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/362/lei_790_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/362/lei_790_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NORMAS RELATIVAS A APREENSÃO, MANUTENÇÃO TEMPORÁRIA, REGISTRO E LIBERAÇÃO DE ANIMAIS DE GRANDE PORTE APANHADOS NAS VIAS PÚBLICAS DA ZONA URBANA E RURAL DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/361/lei_789_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/361/lei_789_2021.pdf</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/360/lei_788_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/360/lei_788_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DO SR. MARIOLINO PANTOJA PAES, LOCALIZADO NA ESTRADA PARINTINS/ANINGA - COMUNIDADE DO ANINGA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/224/lei_787_2021_ldo_ano_2022..pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/224/lei_787_2021_ldo_ano_2022..pdf</t>
   </si>
   <si>
     <t>"AUTORIZA AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/222/lei_786_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/222/lei_786_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DOS HERDEIROS DE LINDOLFO MONTE VERDE LOCALIZADO NA RUA LINDOLFO MONTEVERDE, S/N - SÃO JOSÉ OPERÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/221/lei_785_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/221/lei_785_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 422/2008-PGMP, QUE DISPÕE SOBRE O CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/216/lei_784_2021-pgmp_-_refis_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/216/lei_784_2021-pgmp_-_refis_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS/AM A INSTITUIR O PROGRAMA DE RECUPERAÇÃO FISCAL DO MUNICÍPIO - REFIS, PARA PESSOAS FÍSICAS E JURÍDICAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/220/lei_783_2021.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/220/lei_783_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIOS, ACORDOS, CONTRATOS, CONSÓRCIOS E CONGÊNERES COM OS ÓRGÃOS DA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DO PODER EXECUTIVO ESTADUAL E DA ADMINISTRAÇÃO PÚBLICA FEDERAL DIRETA E INDIRETA, INCLUSIVE INICIATIVA PRIVADA E ENTIDADES ASSISTENCIAIS E CULTURAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/219/lei_782_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/219/lei_782_2020.pdf</t>
   </si>
   <si>
     <t>APROVA A INDICAÇÃO DO NOME DO SR. FERMILIANO DE SOUZA TAVARES, PARA O CARGO DE DIRETOR DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO - SAAE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/218/lei_781_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/218/lei_781_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO ÍMOVEL LOCALIZADO NA RUA PROJETADA, NA AGROVILA DO MOCAMBO DE PROPRIEDADE DA EMPRESA A. M. S. DE SOUZA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/217/lei_780_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/217/lei_780_2020.pdf</t>
   </si>
   <si>
     <t>"QUE DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DO PREFEITO, DO VICE-PREFEITO, DO PROCURADOR-GERAL DO MUNICÍPIO E DOS SECRETÁRIOS MUNICIPAIS PARA O MANDATO DE 2021-2024, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/349/lei_779_2020_loa.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/349/lei_779_2020_loa.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DE 2021.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/215/lei_778_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/215/lei_778_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZAÇÃO LEGISLATIVA CONFORME DISPÕE O ART. 34, IX DA LEI ORGÂNICA DO MUNICÍPIO PARA A AUTARQUIA MUNICIPAL SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO - SAAE ALIENAR BENS IMÓVEIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/214/lei_777_2020_ldo.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/214/lei_777_2020_ldo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/213/lei_776_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/213/lei_776_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NA RUA PASTOR LESSA, N° 3828, BAIRRO ITAÚNA II DE PROPRIEDADE DA EMPRESA A R CONSTRUÇÕES LTDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/212/lei_775_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/212/lei_775_2020.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N° 771/2020-PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/211/lei_774_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/211/lei_774_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DA RUA ADEMAR FARIAS CARDOSO, LOCALIZADA NA COMUNIDADE DO MACURANY, NESTA CIDADE DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/210/lei_773_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/210/lei_773_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE DA ADMINISTRAÇÃO DO MUNICÍPIO DE PARINTINS/AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/209/lei_772_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/209/lei_772_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL SITUADO NA RUA PADRE TORQUATO, S/Nº DE PROPRIEDADE DO SENHOR ROBSON TEKETOMI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/208/lei_771_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/208/lei_771_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NA RUA PASTOR LESSA, N° 3828, BAIRRO ITAÚNA II DE PROPRIEDADE DA SRA. VANILDA NASCIMENTO TEIXEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/207/lei_770-2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/207/lei_770-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA O §1º E §2º, DO INCISO II, DO ART. 2º, DA LEI MUNICIPAL N° 768/2020-PGMP (AUTORIZA O MUNICÍPIO DE PARINTINS - AM A INSTITUIR O PROGRAMA DE RECUPERAÇÃO FISCAL DO " MUNICÍPIO REFIS, PARA PESSOAS FÍSICAS E/OU JURÍDICAS) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/206/lei_769_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/206/lei_769_2020.pdf</t>
   </si>
   <si>
     <t>ALTERA O §3° DO INCISO III, DO ART. 3º, DA LEI MUNICIPAL Nº 765/2020-PGMP (INSTITUI O PROGRAMA EMERGENCIAL PARA OBTENÇÃO DE VALORES, BENS E EQUIPAMENTOS DESTINADOS AO COMBATE À PANDEMIA DO NOVO CORONAVÍRUS (COVID19) E OUTORGA DE CRÉDITOS PARA COMPENSAÇÃO COM TRIBUTOS AO MUNICÍPIO) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/205/lei_768_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/205/lei_768_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS-AM A INSTITUIR O PROGRAMA DE RECUPERAÇÃO FISCAL DO MUNICÍPIO REFIS, PARA PESSOAS FÍSICAS E/OU JURÍDICAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/204/lei_767_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/204/lei_767_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMINAÇÃO DE VIA PÚBLICA QUE PASSA A SER DENOMINADA DE "PRINCESA ISABEL" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/203/lei_766_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/203/lei_766_2020.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO MUNICIPAL DOS MOTOTAXISTAS DE PARINTINS - AMMOPIN, NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/202/lei_765_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/202/lei_765_2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA EMERGENCIAL PARA OBTENÇÃO DE VALORES, BENS E EQUIPAMENTOS DESTINADOS AO COMBATE À PANDEMIA DO NOVO CORONAVÍRUS (COVID19) E OUTORGA DE CRÉDITOS PARA COMPENSAÇÃO COM TRIBUTOS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/201/lei_764_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/201/lei_764_2020.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N° 338/2005-PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/200/lei_763_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/200/lei_763_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NA RUA LINDOLFO MONTEVERDE, Nº 3531, BAIRRO SÃO JOSÉ OPERÁRIO DE PROPRIEDADE D SR. EVANDRO DE OLIVEIRA BARBOSA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/199/lei_762_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/199/lei_762_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NA RUA LINDOLFO MONTEVERDE, Nº 123, BAIRRO SÃO JOSÉ OPERÁRIO DE PROPRIEDADE DO SR. LOZIVALDO CARNEIRO BARROS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/196/lei_no_761-2020-pgmp-_consignados.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/196/lei_no_761-2020-pgmp-_consignados.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A SUSPENSÃO DAS PARCELAS DE EMPRÉSTIMOS CONSIGNADOS EM FOLHA DE PAGAMENTO DOS SERVIDORES PÚBLICOS NA ATIVA, APOSENTADOS E PENSIONISTAS DO MUNICÍPIO DE PARINTINS-AM E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/198/lei_760_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/198/lei_760_2020.pdf</t>
   </si>
   <si>
     <t>NOMEAÇÃO DA DIRETORIA EXECUTIVA DA EMPRESA MUNICIPAL DE TRÂNSITO E TRANSPORTE - EMTT DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/197/lei_759_2020.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/197/lei_759_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA GUARDA MUNICIPAL DE PARINTINS – GMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/36/lei_758_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/36/lei_758_2019.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DE 2020.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/37/lei_756_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/37/lei_756_2019.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PESCADORES E PESCADORAS ARTESANAIS DE PARINTINS, NO MUNICÍPIO DE PARINTINS-AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/35/lei_754_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/35/lei_754_2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE PARINTINS - AM, O DIA 13 DE JULHO, COMO DIA ALUSIVO A PESSOA COM TRANSTORNO DO DÉFICIT DE ATENÇÃO E HIPERATIVIDADE TDAH E/OU DISLEXIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/34/lei_753_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/34/lei_753_2019.pdf</t>
   </si>
   <si>
     <t>QUE DECLARA O RITMO MUSICAL "TOADA DE BOI BUMBÁ" - QUE ANIMA O FESTIVAL FOLCLÓRICO DE PARINTINS HÁ MAIS DE 100 (CEM) ANOS - COMO RITMO MUSICAL OFICIAL DO MUNICÍPIO DE PARINTINS" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/33/lei_752_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/33/lei_752_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE VÍTIMAS DE VIOLÊNCIA SEXUAL COMO ATENDIMENTO PRIORITÁRIO E EMERGENCIAL, NO ÂMBITO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/32/lei_751_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/32/lei_751_2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "PROGRAMA FILA ZERO" NO ATENDIMENTO DAS PESSOAS DIAGNOSTICADAS COM CÂNCER NO MUNICÍPIO DE PARINTINS (AM) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/31/lei_750_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/31/lei_750_2019.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS AGRICULTORES FAMILIARES E GUARANICULTORES DA REGIÃO DO RIO UAICURAPÁ - AGRIGUARANI, NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/30/lei_749_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/30/lei_749_2019.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS MORADORES, PESCADORES E AGRICULTORES FAMILIARES DA COMUNIDADE DE SÃO TOMÉ DO MOCAMBO DO ARARI - AMATOMÉ, NO MUNICÍPIO DE PARINTINS-AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/29/lei_748_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/29/lei_748_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA §2º DO ART. 2º, DA LEI MUNICIPAL Nº 721/2019-PGMP (PROGRAMA DE RECUPERAÇÃO FISCAL DO MUNICÍPIO - REFIS) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/28/lei_747_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/28/lei_747_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NA RUA RIO BRANCO, Nº 454 - CENTRO, DE PROPRIEDADE DA SRA. SARAH BENZAQUEM COSTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/27/lei_746_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/27/lei_746_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MENSAGENS EDUCATIVAS INFORMANDO O USO INDEVIDO DE ÁLCOOL E DROGAS EM SHOWS, EVENTOS CULTURAIS E ESPORTIVOS VOLTADOS PARA O PÚBLICO INFANTO-JUVENIL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/26/lei_745_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/26/lei_745_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER À REVOGAÇÃO DE DOAÇÃO DE BEM PÚBLICO DE ÁREA RECEBIDA COM DESTINAÇÃO ESPECÍFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/25/lei_744_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/25/lei_744_2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "SETEMBRO AMARELO", DE PREVENÇÃO AO SUICÍDIO, NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE PARINTINS.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/24/lei_743_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/24/lei_743_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DA UNIDADE BÁSICA DE SAÚDE FLUVIAL COM O NOME DE LIGIA MARIA RODRIGUES DE ASSIS CONHECIDA COMO "LIGIA LOYOLA".</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/23/lei_742_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/23/lei_742_2019.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O INSTITUTO PEDRAS VIVAS - IPEV, NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/22/lei_741_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/22/lei_741_2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI O ESTATUTO DOS SERVIDORES PÚBLICOS DO QUADRO GERAL DE PESSOAL DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/21/lei_740_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/21/lei_740_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/20/lei_739_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/20/lei_739_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NA ESTRADA SÃO PEDRO DO PARANANEMA, NA COMUNIDADE DO PARANANEMA, DE PROPRIEDADE DO SR. ULISSES DE ANDRADE CASTELO BRANCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/19/lei_738_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/19/lei_738_2019.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 012/86-AEPMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/18/lei_737_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/18/lei_737_2019.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 584/2013-PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/17/lei_736_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/17/lei_736_2019.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 013/87-AEPMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/16/lei_735_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/16/lei_735_2019.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 020/99 - PGPMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/15/lei_734_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/15/lei_734_2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO SANITÁRIO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/14/lei_733_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/14/lei_733_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NA RUA RIO BRANCO, Nº 122 - CENTRO, DE PROPRIEDADE DA COOPERATIVA MISTA DOS JUTICULTORES DE PARINTINS LTDA - COOPJUTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/13/lei_732_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/13/lei_732_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NA AVENIDA NAÇÕES UNIDAS, S/N - CENTRO, DE PROPRIEDADE DA ASSOCIAÇÃO DOS CARROCEIROS DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/12/lei_731_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/12/lei_731_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA IGREJA DE JESUS PENTECOSTAL DO BRASIL DO AMAZONAS, LOCALIZADO NA RUA DR. ROMUALDO CORRÊA, Nº 4168 - ITAÚNA II E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/11/lei_730_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/11/lei_730_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO MUNICIPAL DE GESTÃO INTEGRADA DE RESÍDUOS SÓLIDOS E SANEAMENTO BÁSICO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/10/lei_729_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/10/lei_729_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA EM ESTABELECIMENTOS QUE PRODUZAM PRODUTOS DE ORIGEM ANIMAL E VEGETAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/9/lei_728_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/9/lei_728_2019.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS MORADORES, PESCADORES E AGRICULTORES FAMILIARES DO BAIRRO DE NOSSA SENHORA DE LOURDES DO MOCAMBO DO ARARI AMBANSEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/8/lei_727_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/8/lei_727_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A COMPENSAÇÃO DE CRÉDITOS ENTRE O MUNICÍPIO DE PARINTINS E O SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/7/lei_726_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/7/lei_726_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE INSTALAÇÃO DE PORTA GIRATÓRIA COM DETECTOR DE METAIS, NOS ESTABELECIMENTOS BANCÁRIOS DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/6/lei_725_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/6/lei_725_2019.pdf</t>
   </si>
   <si>
     <t>"INSTITUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE PARINTINS O "MARÇO LARANJA", MÊS DE PREVENÇÃO E COMBATE AO BULLYING ESCOLAR, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/5/lei_724_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/5/lei_724_2019.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO DE JOÃO FARIAS".</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/4/lei_723_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/4/lei_723_2019.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS MORADORES DO BAIRRO DE PALMARES NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/3/lei_722_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/3/lei_722_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 479/2010-PGMP QUE DISPÕE SOBRE A REORGANIZAÇÃO E ATRIBUIÇÕES DO CONSELHO MUNICIPAL DE SAÚDE DE PARINTINS, CONFORME DISPOSTO NO ART. 149, VIII, DA LEI ORGÂNICA DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/2/lei_721_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/2/lei_721_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA OS INCISOS I E II E OS § § 1º E 2º DO ART. 2º, DA LEI MUNICIPAL Nº 675-2017-PGMP (PROGRAMA DE RECUPERAÇÃO FISCAL DO MUNICÍPIO - REFIS) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/1/lei_720_2019.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/1/lei_720_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA E DÁ NOVA REDAÇÃO AS METAS 1 E 20  CONSTANTES DO ANEXO METAS E ESTRATÉGIAS DA LEI MUNICIPAL Nº 615/2015-PGMP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/108/lei_718_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/108/lei_718_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE DESENVOLVIMENTO DA CULTURA DE PARINTINS, SUAS ATRIBUIÇÕES, COMPOSIÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/107/lei_717_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/107/lei_717_2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O TRANSPORTE DE PASSAGEIROS EM VEÍCULOS DE ALUGUEL ATRAVÉS DE TÁXI, NO MUNICÍPIO DE PARINTINS-AM".</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/106/lei_716_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/106/lei_716_2018.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 1º E REVOGA O ART. 2º DA LEI Nº 691/2018-PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/95/lei_715_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/95/lei_715_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA E REVOGA DISPOSITIVOS DA LEI Nº418 DE 21 DE MAIO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/94/lei_714_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/94/lei_714_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA O CAPUT DO ARTIGO 3º E ACRESCE OS NÚMEROS 22 E 23 DA LEI Nº697/2018-PGMP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/93/lei_713_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/93/lei_713_2018.pdf</t>
   </si>
   <si>
     <t>EMENDA A LEI Nº 692/2018-PGMP, QUE PASSA A VIGORAR COM ACRÉSCIMO, ALTERAÇÃO E REVOGAÇÃO DE ARTIGOS, INCISOS E ALÍNEAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/92/lei_712_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/92/lei_712_2018.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A CRIAÇÃO DA LEI “MIGUEL COSTA VIANA”, QUE DEFINE O PERFIL DO ACOMPANHANTE ESPECIALIZADO EXPRESSO NO PARÁGRAFO ÚNICO, DO ART. 3º, DA LEI FEDERAL Nº12.764/2012, NO ÂMBITO DO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/91/lei_711_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/91/lei_711_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE CULTURA DE PARINTINS – CMCPIN, SUAS ATRIBUIÇÕES. COMPOSIÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/90/lei_710_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/90/lei_710_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DE MEDIDAS DE PREVENÇÃO AO SUICÍDIO NAS ESCOLAS MUNICIPAIS DE PARINTINS/AM</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/105/lei_709_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/105/lei_709_2018.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO CÓDIGO DE OBRAS DO MUNICÍPIO DE PARINTINS/AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/104/lei_708_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/104/lei_708_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 1º E 2º DA LEI Nº 531 DE 13 DE AGOSTO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/109/lei_719_2018_loa.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/109/lei_719_2018_loa.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DE 2019.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/103/lei_707_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/103/lei_707_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DO DIA MUNICIPAL DE LUTA PELA VALORIZAÇÃO E PELA GARANTIA DE DIREITOS DAS TRABALHADORAS DOMÉSTICAS E DOS TRABALHADORES DOMÉSTICOS NO CALENDÁRIO OFICIAL DA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/102/lei_706_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/102/lei_706_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AÇÕES PÚBLICAS DE SAÚDE, VISANDO A PREVENÇÃO DA HEPATITE A, HEPATITE B E TÉTANO PARA HOMENS E MULHERES QUE TRABALHAM NA COLETA DE LIXO.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/101/lei_705_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/101/lei_705_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA SEMANA DE CONSCIENTIZAÇÃO NAS ESCOLAS MUNICIPAIS DE PARINTINS ACERCA DA "MULHER NA POLÍTICA" E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/100/lei_704_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/100/lei_704_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LÍNGUA BRASILEIRA DE SINAIS - LIBRAS NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/99/lei_703_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/99/lei_703_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 618/2015 - PGMP QUE INSTITUI O PLANO DE CARREIRAS, CARGOS E VENCIMENTOS DOS SERVIDORES PÚBLICOS DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO - SAAE DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/98/lei_702_2018_ldo.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/98/lei_702_2018_ldo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTARIA PARA O EXERCÍCIO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/97/lei_701_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/97/lei_701_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DE TAXAS DE SERVIÇOS NO ÂMBITO DA EMPRESA MUNICIPAL DE TRÂNSITO E TRANSPORTE DE PARINTINS - EMTT DE QUE TRATA A LEI Nº 418/08-PGMP E  SUA POSTERIOR ALTERAÇÃO DADA PELA LEI Nº 691/2018-PGMP E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/96/lei_700_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/96/lei_700_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DO DIA 21 DE MARÇO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA SÍNDROME DE DOWN NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/86/lei_699_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/86/lei_699_2018.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PRODUTORES NA AGRICULTURA FAMILIAR SÃO JORGE - ASACORJE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/84/lei_698_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/84/lei_698_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA PARCIALMENTE A ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE PARINTINS CONSTANTE DA LEI Nº 580/2013-GABINETE-PGMP E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/83/lei_697_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/83/lei_697_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA, REVOGA E ACRESCENTA DISPOSITIVOS A LEI Nº 483/2010/PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/82/lei_696_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/82/lei_696_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DO SR. JOÃO NASCIMENTO PONTES, LOCALIZADO NO LOTEAMENTO LADY LAURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/80/lei_695_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/80/lei_695_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INSTITUIR A CARTEIRA DE IDENTIFICAÇÃO DO AUTISTA (CIA), NO ÂMBITO DO MUNICÍPIO DE PARINTINS-AM.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/79/lei_694_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/79/lei_694_2018.pdf</t>
   </si>
   <si>
     <t>FICA OBRIGADO A INSERÇÃO DO SÍMBOLO DO AUTISMO NAS PLACAS DE ATENDIMENTO PRIORITÁRIO NOS ESTABELECIMENTOS PÚBLICOS E PRIVADOS, NO ÂMBITO DO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/78/lei_693_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/78/lei_693_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS MEDIDAS A SEREM ADOTADAS PARA IDENTIFICAR, ACOMPANHAR E AUXILIAR O ALUNO COM TRANSTORNO DO DÉFICIT DE ATENÇÃO E HIPERATIVIDADE TDAH E/OU DISLEXIA NA REDE PÚBLICA E PRIVADA DE ENSINO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/77/lei_692_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/77/lei_692_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROTEÇÃO CONTRA A POLUIÇÃO SONORA, VISANDO O BEM ESTAR E SOSSEGO DA POPULAÇÃO DO MUNICÍPIO DE PARINTINS-AM.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/75/lei_691_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/75/lei_691_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA E REVOGA DISPOSITIVOS DA LEI Nº 418 DE 21 DE MAIO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/72/lei_690_2018.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/72/lei_690_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA, REVOGA E ACRESCENTA DISPOSITIVOS A LEI Nº 373/06-PGMP COM ALTERAÇÃO DADA PELA LEI Nº 453/2009-PGMP E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/89/lei_689_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/89/lei_689_2017.pdf</t>
   </si>
   <si>
     <t>TORNA  OBRIGATÓRIA A IMPLEMENTAÇÃO DE ATIVIDADES COM FINS EDUCATIVOS PARA REPARAR DANOS CAUSADOS NO AMBIENTE ESCOLAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/986/lei_688_2017_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/986/lei_688_2017_pgmp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a vedação da inscrição do nome de consumidores nos Cadastros de Restrição ao Crédito por falta de pagamento das faturas de consumo de energia elétrica no âmbito do Município de Parintins e dá outras providências.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/88/lei_687_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/88/lei_687_2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISPONIBILIZAÇÃO DE PROFISSIONAL CAPACITADO PARA ATENDER VÍTIMAS DE VIOLÊNCIA DOMÉSTICA E/OU SEXUAL NA REDE DE AMBULATÓRIOS E POSTOS DE SAÚDE MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/87/lei_686_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/87/lei_686_2017.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIA A INSTALAÇÃO DE BIOMBOS NAS AGÊNCIAS E NOS POSTOS DE SERVIÇOS DAS INSTITUIÇÕES FINANCEIRAS, LOCALIZADAS NO MUNICÍPIO DE PARINTINS-AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/85/lei_685_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/85/lei_685_2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE COMUNICAR AOS ÓRGÃOS DE PROTEÇÃO DA CRIANÇA E ADOLESCENTE OS CASOS DE USO E ABUSO DE ÁLCOOL E DROGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/81/lei_684_2017_loa.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/81/lei_684_2017_loa.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO  FINANCEIRO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/76/lei_683_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/76/lei_683_2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/74/lei_682_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/74/lei_682_2017.pdf</t>
   </si>
   <si>
     <t>FICA CRIADA A LEI MUNICIPAL QUE DISCIPLINA O DESCARTE E O GERENCIAMENTO ADEQUADO DE PILHAS, BATERIAS E LÂMPADAS USADAS NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/71/lei_681_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/71/lei_681_2017.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE COLETA SELETIVA E APROVEITAMENTO DE RESÍDUOS SÓLIDOS NO ÂMBITO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/69/lei_680_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/69/lei_680_2017.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 343/2005 - PGMP E SUA ALTERAÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/67/lei_679_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/67/lei_679_2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO INCISO IX DO ARTIGO 37 DA CONSTITUIÇÃO FEDERAL NO ÂMBITO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/66/lei_678_2017_ppa.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/66/lei_678_2017_ppa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO 2018 A 2021.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/64/lei_677_2017_ldo.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/64/lei_677_2017_ldo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTARIA PARA O EXERCÍCIO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/61/lei_676_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/61/lei_676_2017.pdf</t>
   </si>
   <si>
     <t>INCLUI O INCISO XXI, NO ART. 2º, DA LEI MUNICIPAL Nº 394/2017-PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/59/lei_675_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/59/lei_675_2017.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS-AM A INSTITUIR O PROGRAMA DE RECUPERAÇÃO FISCAL DO MUNICÍPIO REFIS, PARA PESSOAS FÍSICAS E/OU JURÍDICAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/57/lei_674_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/57/lei_674_2017.pdf</t>
   </si>
   <si>
     <t>QUE DECLARA TOMBADO COMO PATRIMÔNIO HISTÓRICO DO MUNICÍPIO DE PARINTINS O CEMITÉRIO ISRAELITA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/985/lei_673_2017_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/985/lei_673_2017_pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 2º DA LEI Nº 422/2008-PGMP, REVOGA A LEI Nº 439/2009- PGMP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/55/lei_672_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/55/lei_672_2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRADUÇÃO DA LEI ORGÂNICA, REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PARINTINS E DAS PRINCIPAIS LEIS DO MUNICÍPIO PARA O SISTEMA BRAILLE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/52/lei_671_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/52/lei_671_2017.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 589/2014 - PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/49/lei_670_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/49/lei_670_2017.pdf</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/46/lei_669_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/46/lei_669_2017.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 580/2013 - PGMP QUE DISPÕE SOBRE A REFORMA ADMINISTRATIVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/43/lei_668_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/43/lei_668_2017.pdf</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/39/lei_667_2017.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/39/lei_667_2017.pdf</t>
   </si>
   <si>
     <t>INCLUI OS INCISOS XVIII, XIX E XX, NO ART. 2º, DA LEI MUNICIPAL N° 394/2007 - PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/984/lei_666_2017_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/984/lei_666_2017_pgmp.pdf</t>
   </si>
   <si>
     <t>APROVA A INDICAÇÃO DO NOME DO SR. NELSON RAIMUNDO PINHEIRO CAMPOS, PARA O CARGO DE DIRETOR DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO – SAAE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/983/lei_665_2017_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/983/lei_665_2017_pgmp.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO DA INDICAÇÃO DO NOME DA DRA. ANACLEY GARCIA ARAÚJO DA SILVA, PARA O CARGO DE PROCURADORA-GERAL DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/982/lei_664_2017_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/982/lei_664_2017_pgmp.pdf</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/68/lei_661_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/68/lei_661_2016.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DE 2017.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/65/lei_660_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/65/lei_660_2016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/73/lei_663_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/73/lei_663_2016.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DO PREFEITO, DO VICE-PREFEITO, DO PROCURADOR GERAL DO MUNICÍPIO, DOS SECRETÁRIOS MUNICIPAIS PARA O MANDATO DE 2017-2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/70/lei_662_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/70/lei_662_2016.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DOS PARLAMENTARES PARA A LEGISLATURA 2017 - 2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/63/lei_654_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/63/lei_654_2016.pdf</t>
   </si>
   <si>
     <t>INSERE O PARÁGRAFO ÚNICO, NO ARTIGO 3°, NA LEI N° 631/2015 QUE DISPÕE SOBRE PRAZO PARA MARCAÇÃO DE EXAMES E CONSULTAS ESPECÍFICAS NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/62/lei_653_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/62/lei_653_2016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE ÓRGÃOS PÚBLICOS E OS ESTABELECIMENTOS PRIVADOS A DA PREFERÊNCIA NO ATENDIMENTO, NÃO RETENDO, EM FILAS, PESSOAS OU SEUS ACOMPANHANTES DE PESSOAS PORTADORAS DO TRANSTORNO DO ESPECTRO DO AUTISMO (TEA) NO ÂMBITO DO MUNICÍPIO DE PARINTINS - AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/60/lei_652_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/60/lei_652_2016.pdf</t>
   </si>
   <si>
     <t>QUE CRIA O PROGRAMA DE CONSCIENTIZAÇÃO E OBRIGA A INCLUSÃO E RESERVA DE VAGAS, NA REDE PÚBLICA MUNICIPAL DE ENSINO NO MUNICÍPIO DE PARINTINS - AM, PARA CRIANÇAS E ADOLESCENTES COM TRANSTORNO DO ESPECTRO AUTISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/58/lei_651_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/58/lei_651_2016.pdf</t>
   </si>
   <si>
     <t>QUE ALTERA NO BAIRRO PASCOAL ALÁGGIO O NOME DA AVENIDA GENY BENTES CEP: 69152-656 QUE PASSARÁ A SE CHAMAR DE AVENIDA LÁZARO GARCIA COM O MESMO CEP: 69152-656 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/56/lei_650_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/56/lei_650_2016.pdf</t>
   </si>
   <si>
     <t>QUE ASSEGURA AO ALUNO COM DEFICIÊNCIA OU MOBILIDADE REDUZIDA PERMANENTE A PRIORIDADE DE MATRÍCULA EM ESCOLA MUNICIPAL MAIS PRÓXIMA DE SUA RESIDÊNCIA NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/54/lei_649_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/54/lei_649_2016.pdf</t>
   </si>
   <si>
     <t>QUE ASSEGURA AOS ESTUDANTES O BENEFÍCIO DA GRATUIDADE NA PASSAGEM DOS SERVIÇOS DE TRANSPORTE DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/53/lei_648_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/53/lei_648_2016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE ATENDIMENTOS MÉDICOS E ODONTOLÓGICOS NAS ESCOLAS MUNICIPAIS DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/51/lei_647_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/51/lei_647_2016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO DE SEGURANÇA NAS ESCOLAS PÚBLICAS MUNICIPAIS E CERCANIAS.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/50/lei_646_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/50/lei_646_2016.pdf</t>
   </si>
   <si>
     <t>CRIA O "SERVIÇO SOCIAL ESCOLAR" NAS ESCOLAS PÚBLICAS MUNICIPAIS DO MUNICÍPIO DE PARINTINS/AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/48/lei_645_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/48/lei_645_2016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE REALIZAÇÃO DE EXAMES DE AUDIOMETRIA (AUDIÇÃO) E OFTALMOLÓGICO (VISÃO) PARA ALUNOS DA REDE PÚBLICA DE ENSINO FUNDAMENTAL DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/47/lei_644_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/47/lei_644_2016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SERVIÇO DE CHAMADA TELEFÔNICA "DISQUE AMBULANCHA" NO ÂMBITO DO MUNICÍPIO DE PARINTINS - AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/45/lei_643_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/45/lei_643_2016.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO CARNAVALESCA DE PARINTINS NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/44/lei_642_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/44/lei_642_2016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE DIVULGAÇÃO DE LISTAGEM DE MEDICAMENTOS GRATUITOS DISPONÍVEIS OU EM FALTA NAS FARMÁCIAS DA REDE BÁSICA DE SAÚDE DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/42/lei_641_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/42/lei_641_2016.pdf</t>
   </si>
   <si>
     <t>DISPÕE DA OBRIGATORIEDADE DOS PROFISSIONAIS DA EDUCAÇÃO BÁSICA RECEBEREM GRATUITAMENTE TREINAMENTOS EM PRIMEIROS SOCORROS, NO ÂMBITO DO MUNICÍPIO DE PARINTINS - AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/41/lei_640_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/41/lei_640_2016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PLANO LOCAL DE HABITAÇÃO DE INTERESSE SOCIAL DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/40/lei_639_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/40/lei_639_2016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E DEFINIÇÃO DOS LIMITES DOS DISTRITOS DE MOCAMBO, CABURI, PARINTINS, VILA AMAZÔNIA, TRACAJÁ E UAICURAPÁ NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/38/lei_638_2016.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/38/lei_638_2016.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE RESERVISTAS, MILITARES DA RESERVA E REFORMADOS DAS FORÇAS ARMADAS E AUXILIARES DE PARINTINS - ARFAPAM, NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/157/lei_637_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/157/lei_637_2015.pdf</t>
   </si>
   <si>
     <t>QUE DÁ NOME ÀS RUAS DO BAIRRO DA UNIÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/156/lei_636_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/156/lei_636_2015.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE PARINTINS/AM PARA O EXERCÍCIO FINANCEIRO DE 2016.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/155/lei_635_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/155/lei_635_2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES GERAIS PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/154/lei_634_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/154/lei_634_2015.pdf</t>
   </si>
   <si>
     <t>QUE INSTITUI O DIA DO DIRETOR DE ESCOLA NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/153/lei_633_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/153/lei_633_2015.pdf</t>
   </si>
   <si>
     <t>OBRIGA A UTILIZAÇÃO DO BRASÃO DO MUNICÍPIO DE PARINTINS, COMO ÚNICA MARCA DO GOVERNO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/152/lei_632_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/152/lei_632_2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LIMPEZA DE TERRENOS BALDIOS, CASAS E CONSTRUÇÕES ABANDONADAS OU DESOCUPADAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/151/lei_631_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/151/lei_631_2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PRAZO PARA MARCAÇÃO DE EXAMES E REALIZAÇÃO DE CONSULTAS ESPECÍFICAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/150/lei_630_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/150/lei_630_2015.pdf</t>
   </si>
   <si>
     <t>ASSEGURA A TODOS OS BEBÊS O DIREITO DE SEREM AMAMENTADOS EM QUALQUER LOCAL NO MUNICÍPIO DE PARINTINS - AMAZONAS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/149/lei_629_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/149/lei_629_2015.pdf</t>
   </si>
   <si>
     <t>ASSEGURAR ÀS MÃES O DIREITO DE ACOMPANHAR SEUS FILHOS NOS DOIS PRIMEIROS ANOS DE VIDA EM DIAS QUE FOREM SUBMETIDOS À VACINAÇÃO INJETÁVEL, NO ÂMBITO DO MUNICÍPIO DE PARINTINS - AMAZONAS.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/148/lei_628_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/148/lei_628_2015.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO SOLIDÁRIA DE PESCADORES, AQUICULTORES E TRABALHADORES DA AGRICULTURA FAMILIAR DE PARINTINS E REGIÃO - ASSOLPESCA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/147/lei_627_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/147/lei_627_2015.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA EDUCATIVO "APRENDIZ DE AGRICULTOR SUSTENTÁVEL" NAS ESCOLAS DA ZONA RURAL DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/145/lei_626_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/145/lei_626_2015.pdf</t>
   </si>
   <si>
     <t>QUE ALTERA O NOME DAS RUAS DO BAIRRO PASCOAL ALÁGGIO COMO A  AVENIDA SANTO ANTÔNIO, RUA BRASIL, RUA BRASÍLIA E RUA PASCOAL ALÁGGIO, QUE PASSARÃO A SE CHAMAR AVENIDA BRASIL, RUA ESTADO UNIDOS, RUA MÉXICO E RUA JAMAICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/144/lei_625_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/144/lei_625_2015.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL O INSTITUTO SOLIDÁRIO COLÔNIA DE PESCADORES DE PARINTINS-ISCOLPESCA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/143/lei_624_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/143/lei_624_2015.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO FOLCLÓRICA BOI BUMBÁ MINI CAPRICHOSO NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/141/lei_623_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/141/lei_623_2015.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO CULTURAL BOI BUMBÁ MINI GARANTIDO NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/140/lei_622_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/140/lei_622_2015.pdf</t>
   </si>
   <si>
     <t>FICA CRIADA A LEI QUE INSERE A LEI MARIA DA PENHA COMO TEMA TRANSVERSAL DE EDUCAÇÃO NAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE ENSINO DA CIDADE DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/139/lei_621_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/139/lei_621_2015.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º, DA LEI MUNICIPAL Nº 594/2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/137/lei_620_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/137/lei_620_2015.pdf</t>
   </si>
   <si>
     <t>INSTITUI A NOTA FISCAL DE SERVIÇOS ELETRÔNICA - NFS-E PARA TOMADORES DE SERVIÇOS, NOS TERMOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/136/lei_619_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/136/lei_619_2015.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO LOCAL OPERATIVO DE ENFRENTAMENTO À VIOLÊNCIA SEXUAL CONTRA A CRIANÇA E O ADOLESCENTE NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/988/lei_no_618_2015_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/988/lei_no_618_2015_pgmp.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI COMPLEMENTAR Nº 016/2014 E INSTITUI O PLANO DE CARREIRAS, CARGOS E VENCIMENTOS DOS SERVIDORES PÚBLICOS DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO – SAAE DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/135/lei_617_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/135/lei_617_2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL ANTIDROGAS - COMAD DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/134/lei_616_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/134/lei_616_2015.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO O DIA 19 DE ABRIL O DIA DO EXÉRCITO; A ÚLTIMA QUARTA-FEIRA DO MÊS DE MAIO O DIA DO DESAFIO; O DIA 11 DE JUNHO A BATALHA NAVAL DE RIACHUELO; DIA 25 DE AGOSTO DIA DO SOLDADO E O DIA 13 DE DEZEMBRO O DIA DO MARINHEIRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/133/lei_615_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/133/lei_615_2015.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO - PME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/131/lei_614_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/131/lei_614_2015.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES DO BAIRRO DE SÃO JOSÉ OPERÁRIO - AMAJOSÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/130/lei_613_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/130/lei_613_2015.pdf</t>
   </si>
   <si>
     <t>CRIA E INCLUI O RÉVEILLON GOSPEL NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/129/lei_612_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/129/lei_612_2015.pdf</t>
   </si>
   <si>
     <t>INCLUI O DIA DO PASTOR NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/128/lei_611_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/128/lei_611_2015.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PRODUTORES NA AGRICULTURA FAMILIAR DA REGIÃO DO ZÉ-AÇU - ASPROAÇU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/127/lei_610_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/127/lei_610_2015.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO REGIONAL FOLCLÓRICA LINDOLFO MONTE VERDE NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/126/lei_609_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/126/lei_609_2015.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES DO BAIRRO DA UNIÃO NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/124/lei_608_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/124/lei_608_2015.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO CIDADANIA, SOCIAL E SUSTENTABILIDADE - ACSSUS, NO MUNICÍPIO DE PARINTINS-AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/123/lei_607_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/123/lei_607_2015.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O MINISTÉRIO BATISTA LIVRE PARA SEMPRE NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/987/lei_no_606_2015_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/987/lei_no_606_2015_pgmp.pdf</t>
   </si>
   <si>
     <t>“APROVAÇÃO DA INDICAÇÃO DO NOME DO SR. SAMARONE DA SILVA MOURA, PARA O CARGO DE DIRETOR GERAL DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO – SAAE, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/121/lei_605_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/121/lei_605_2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REFORMA DA POLÍTICA MUNICIPAL DE ATENDIMENTO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE NO MUNICÍPIO DE PARINTINS, ESTABELECE NORMAS PARA SUA ADEQUADA APLICAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/120/lei_604_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/120/lei_604_2015.pdf</t>
   </si>
   <si>
     <t>AUTORIZA NA FORMA DA LEI DO ARTIGO 34º, XVII DA LEI ORGÂNICA DO MUNICÍPIO DE PARINTINS A IMPLANTAÇÃO DO LOTEAMENTO OCTACÍLIO FERREIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/119/lei_603_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/119/lei_603_2015.pdf</t>
   </si>
   <si>
     <t>QUE ESTABELECE PROTEÇÃO CONTRA OS ATOS QUE DISCRIMINEM PORTADORES DE VÍRUS HIV/AIDS, NA FORMA ESPECÍFICA NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/117/lei_602_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/117/lei_602_2015.pdf</t>
   </si>
   <si>
     <t>ALTERA O §2º DO ART, 5º, DA LEI MUNICIPAL 402/2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/115/lei_601_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/115/lei_601_2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA SECRETARIA MUNICIPAL DE POLÍTICAS PARA MULHERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/113/lei_600_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/113/lei_600_2015.pdf</t>
   </si>
   <si>
     <t>NOVA REDAÇÃO AO ART. 4º DA LEI Nº 584/2013 - GABINETE-PGMP, QUE DISPÕE SOBRE O PRAZO DA CLÁUSULA DE INALIENABILIDADE ÀS DOAÇÕES DE LOTES DE TERRAS NO DISTRITO AGROINDUSTRIAL DE PARINTINS - DAI-PIN.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/111/lei_599_2015.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/111/lei_599_2015.pdf</t>
   </si>
   <si>
     <t>QUE ALTERA A LEI MUNICIPAL Nº 598/2014-PGMP - LEI QUE ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE PARINTINS/AM, PARA O EXERCÍCIO FINANCEIRO DE 2015.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/146/lei_598_2014.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/146/lei_598_2014.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE PARINTINS/AM PARA O EXERCÍCIO FINANCEIRO DE 2015.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/142/lei_597_2014.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/142/lei_597_2014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES GERAIS PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2015 (ANO REFERENTE DE 2014) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/992/lei_no_596_2014_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/992/lei_no_596_2014_pgmp.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O CONSELHO MUNICIPAL DA CIDADE DE PARINTINS - CONCIDADE/PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/138/lei_595_2014.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/138/lei_595_2014.pdf</t>
   </si>
   <si>
     <t>ESTABELECE ROL DE IMPEDIDOS DE OCUPAREM CARGOS EM COMISSÃO EM GERAL E FUNÇÕES DE SECRETÁRIOS MUNICIPAIS, COORDENADORES, DIRETORES, GESTORES, ASSESSORES E DE PESSOAS FÍSICAS, EMPRESAS INDIVIDUAIS E SOCIEDADES EMPRESARIAIS DE SEREM CONTRATADAS PELA ADMINISTRAÇÃO DIRETA E INDIRETA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/991/lei_no_594_2014_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/991/lei_no_594_2014_pgmp.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A DOAÇÃO DE UM BEM PÚBLICO DO PATRIMÔNIO DO MUNICÍPIO DE PARINTINS/ AM, À FUNDAÇÃO DE HEMATOLOGIA E HEMOTERAPIA DO AMAZONAS - HEMOAM, PARA CONSTRUÇÃO DE HEMONÚCLEO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/132/lei_593_2014.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/132/lei_593_2014.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES DA COMUNIDADE DO MACURANY - AMMA NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/125/lei_592_2014.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/125/lei_592_2014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DE PAGAMENTO DE TAXAS PARA DOADORES DE SANGUE, AOS QUE RECEBEM ATÉ UM SALÁRIO MÍNIMO E OS QUE SE DECLARAREM CARENTES EM CONCURSOS PÚBLICOS, PROCESSOS SELETIVOS E OUTROS PROMOVIDOS PELO MUNICÍPIO DE PARINTINS/AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/990/lei_no_591_2014_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/990/lei_no_591_2014_pgmp.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO DA INDICAÇÃO DO NOME DO SR. DIELSON CANTO BRELAZ NO CARGO DE DIRETOR GERAL DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO - SAAE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/122/lei_590_2014.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/122/lei_590_2014.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE PASTORES E LÍDERES EVANGÉLICOS DE PARINTINS/AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/118/lei_589_2014.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/118/lei_589_2014.pdf</t>
   </si>
   <si>
     <t>FICA VEDADA NO ÂMBITO DO MUNICÍPIO DE PARINTINS A EXIGÊNCIA DE EXPERIÊNCIA NOS PROCESSOS SELETIVOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/116/lei_588_2014.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/116/lei_588_2014.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO AGENTE DE SAÚDE PÚBLICA, AGENTE COMUNITÁRIO DE SAÚDE E AGENTE DE COMBATE ÀS ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/989/lei_no_584_2014_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/989/lei_no_584_2014_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE LOTES NO DISTRITO AGROINDUSTRIAL DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/193/lei_580_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/193/lei_580_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REFORMA E ESTRUTURAÇÃO ADMINISTRATIVA DOS ÓRGÃOS DA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DO MUNICÍPIO DE PARINTINS, NOS TERMOS DO ART. 37 E SS., DA CONSTITUIÇÃO FEDERAL DE 1988 E ART. 82, DA LEI ORGÂNICA DO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/114/lei_587_2014.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/114/lei_587_2014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE 01 (UM) BEM PÚBLICO DO MUNICÍPIO DE PARINTINS AO INSTITUTO DE PROTEÇÃO AMBIENTAL DO AMAZONAS - IPAAM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/112/lei_586_2014.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/112/lei_586_2014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO ART. 37, IX DA CONSTITUIÇÃO FEDERAL, SOB O REGIME DO DIREITO ADMINISTRATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/110/lei_585_2014.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/110/lei_585_2014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS AUXÍLIOS MORADIA E ALIMENTAÇÃO A SEREM CONCEDIDOS AOS MÉDICOS PARTICIPANTES DO PROJETO MAIS MÉDICOS PARA O BRASIL (PMMB) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/195/lei_582_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/195/lei_582_2013.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DE 2014.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/194/lei_581_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/194/lei_581_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE PARINTINS PARA O PERÍODO 2014-2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/192/lei_579_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/192/lei_579_2013.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A REDUÇÃO DOS SUBSÍDIOS DO PREFEITO, DO VICE-PREFEITO, DO PROCURADOR GERAL DO MUNICÍPIO, DOS SECRETÁRIOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/191/lei_578_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/191/lei_578_2013.pdf</t>
   </si>
   <si>
     <t>QUE ALTERA A LEI MUNICIPAL N° 542/2012 PGMP - LEI QUE ESTIMA RECEITA E FIXA A DESPESA DO ORÇAMENTO DO MUNICÍPIO DE PARINTINS PARA O EXERCÍCIO FINANCEIRO DO ANO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/190/lei_577_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/190/lei_577_2013.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O SINDICATO DOS PESCADORES E PESCADORAS ARTESANAIS DE PARINTINS -  SINDIPESCA, NO MUNICÍPIO DE PARINTINS-AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/189/lei_576_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/189/lei_576_2013.pdf</t>
   </si>
   <si>
     <t>QUE ALTERA A LEI QUE INSTITUI AS NORMAS TÉCNICAS DO DISTRITO AGROINDUSTRIAL DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/188/lei_575_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/188/lei_575_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA POLÍTICA MUNICIPAL DE ATENÇÃO À PESSOA COM DEFICIÊNCIA, POR MEIO DO CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA, E INSTITUI SUA ORGANIZAÇÃO E FUNCIONAMENTO COM PARÂMETROS TÉCNICOS E ADMINISTRATIVOS GARANTIDOS NOS RESPECTIVOS CONSELHOS FEDERAIS E ESTADUAIS, E DE OUTRAS PROVIDÊNCIAS GARANTIDAS PELA LEGISLAÇÃO PERTINENTES.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/187/lei_574_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/187/lei_574_2013.pdf</t>
   </si>
   <si>
     <t>INCLUI O FESTIVAL DO ARTESANATO RURAL DA ESCOLA MUNICIPAL SÃO JOSÉ DA TERRA PRETA DO RIO MAMURU NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/186/lei_573_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/186/lei_573_2013.pdf</t>
   </si>
   <si>
     <t>FICA CRIADA A LEI QUE GARANTE O DIREITO A EDUCAÇÃO, ASSEGURANDO AOS ALUNOS DA REDE PÚBLICA MUNICIPAL O DIREITO A TRANSFERÊNCIA NO PERÍODO DA ENCHENTE DOS RIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/995/lei_no_583_2013_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/995/lei_no_583_2013_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA BOLSA ATLETA NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/185/lei_572_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/185/lei_572_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DA CÂMARA MUNICIPAL DE PARINTINS PARA REALIZAÇÃO DA ALIENAÇÃO DE ATIVOS MÓVEIS (COURO), A SABER SUBPRODUTOS BOVINOS E BUBALINOS.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/184/lei_571_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/184/lei_571_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO ESTATUTO DOS USUÁRIOS DE SERVIÇOS DE SAÚDE NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/183/lei_570_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/183/lei_570_2013.pdf</t>
   </si>
   <si>
     <t>OBRIGA AS AGÊNCIAS BANCÁRIAS, INSTITUIÇÕES FINANCEIRAS PÚBLICAS E PRIVADAS DE PARINTINS A INSTALAREM CÂMERAS DE VÍDEO NA ÁREA EXTERNA DE SUAS AGÊNCIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/994/lei_no_569_2013_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/994/lei_no_569_2013_pgmp.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ALTERAÇÃO NO ANEXO III, DA LEI COMPLEMENTAR Nº 010, DE 14 DE JUNHO DE 2011, CONCERNENTE A ESTRUTURA DE PESSOAL DA ESCOLA DO LEGILATIVO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/182/lei_568_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/182/lei_568_2013.pdf</t>
   </si>
   <si>
     <t>LEI Nº 568/2013 – PGMP - QUE REGULAMENTA A PERFURAÇÃO E USO DE POÇOS TUBULARES PROFUNDOS PARA A UTILIZAÇÃO DE ÁGUA SUBTERRÂNEA NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/993/lei_no_567_2013_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/993/lei_no_567_2013_pgmp.pdf</t>
   </si>
   <si>
     <t>CRIA A PROCURADORIA ESPECIAL DA MULHER NA CÂMARA MUNICIPAL DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/181/lei_566_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/181/lei_566_2013.pdf</t>
   </si>
   <si>
     <t>QUE ALTERA A LEI MUNICIPAL Nº 512/2011-PGMP E NOMENCLATURA DE CARGO COMISSIONADO E SUA REMUNERAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/180/lei_565_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/180/lei_565_2013.pdf</t>
   </si>
   <si>
     <t>INCLUI O FESTIVAL DOS BUMBÁS DO MOCAMBO DO ARARI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/179/lei_564_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/179/lei_564_2013.pdf</t>
   </si>
   <si>
     <t>DECLARA OBRIGATÓRIA A CONSTRUÇÃO DE RAMPAS DESTINADAS A ACESSIBILIDADE DE PESSOAS COM DEFICIÊNCIA OU MOBILIDADE REDUZIDA (RAMPAS DE ACESSO) NAS CALÇADAS DESTINADAS A PEDESTRES E PRÉDIOS PÚBLICOS NO MUNICÍPIO DE PARINTINS-AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/178/lei_563_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/178/lei_563_2013.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO DA INDICAÇÃO DO NOME DO DR. ED DA SILVA MAIA, NO CARGO COMO PROCURADOR GERAL DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/177/lei_562_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/177/lei_562_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES GERAIS PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2014 (ANO REFERENTE DE 2013) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/176/lei_561_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/176/lei_561_2013.pdf</t>
   </si>
   <si>
     <t>FIXA A COTA MENSAL DE COMBUSTIVEL À ADMINISTRAÇÃO E AOS PARLAMENTARES DA CÂMARA MUNICIPAL DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/175/lei_560_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/175/lei_560_2013.pdf</t>
   </si>
   <si>
     <t>ALTERA PARCIALMENTE O TEOR DA LEI N° 351/2005 - PGMP QUE AUTORIZA O MUNICÍPIO DE PARINTINS A CRIAR O PROGRAMA BOLSA SUPERIOR, QUE VAI CUSTEAR ESTUDOS DE NÍVEL SUPERIOR EM UNIVERSIDADES PARTICULARES E PÚBLICAS, DE ALUNOS ORIUNDOS DE FAMÍLIAS CARENTES RESIDENTES NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/174/lei_559_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/174/lei_559_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGAÇÃO DO RESPONSÁVEL PELO FORNECIMENTO DE ENERGIA ELÉTRICA A DISPONIBILIZAR NO CABEÇALHO DA FATURA DE CONSUMO O NÚMERO DO TELEFONE DE CONTATO COM SERVIÇO DE ILUMINAÇÃO PÚBLICA E PARA SOLICITAÇÕES EM GERAL NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/173/lei_558_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/173/lei_558_2013.pdf</t>
   </si>
   <si>
     <t>LEI Nº 558/2013 – PGMP - DISPÕE SOBRE A OBRIGAÇÃO DO RESPONSÁVEL PELO SERVIÇO DE DISTRIBUIÇÃO DE ÁGUA A DISPONIBILIZAR NO CABEÇALHO DA FATURA DE CONSUMO O NÚMERO DO TELEFONE DE CONTATO COM SERVIÇO DE ÁGUA NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/172/lei_557_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/172/lei_557_2013.pdf</t>
   </si>
   <si>
     <t>LEI Nº 557/2013 – PGMP - QUE DISPÕE SOBRE A SUSPENSÃO DA COBRANÇA PELO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO - SAAE DAS CONTAS DO CONSUMO DE ÁGUA DOS MESES DE MAIO, JUNHO E JULHO NO ANO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/171/lei_556_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/171/lei_556_2013.pdf</t>
   </si>
   <si>
     <t>LEI Nº 556/2013 – PGMP - DISPÕE SOBRE O RESGUARDO DE VAGAS DE ESTACIONAMENTO EXCLUSIVAS PARA PESSOAS COM DEFICIÊNCIA, IDOSOS, GESTANTES E PESSOAS COM PRIORIDADE NOS ÓRGÃOS PÚBLICOS E EM INSTITUIÇÕES PRIVADAS COM USO PÚBLICO NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/170/lei_555_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/170/lei_555_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESERVAÇÃO DO PATRIMÔNIO CULTURA E ARTÍSTICO, ATRAVÉS DA PROTEÇÃO DOS BENS MÓVEIS E IMÓVEIS, DOCUMENTOS, OBRAS E PATRIMÔNIO DOS BUMBÁS GARANTIDO E CAPRICHOSO.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/169/lei_554_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/169/lei_554_2013.pdf</t>
   </si>
   <si>
     <t>LEI Nº 554/2013 – PGMP - " INCLUI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO O DIA 02 DE ABRIL O DIA DA CONSCIENTIZAÇÃO DO AUTISMO NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/168/lei_553_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/168/lei_553_2013.pdf</t>
   </si>
   <si>
     <t>LEI Nº 553/2013 – PGMP - DISPÕE SOBRE ISENÇÕES TRIBUTÁRIAS PARA OS EMPREENDIMENTOS HABITACIONAIS DE INTERESSE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/167/lei_552_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/167/lei_552_2013.pdf</t>
   </si>
   <si>
     <t>LEI Nº 552/2013 – PGMP - DISPÕE SOBRE A ALTERAÇÃO DO CAPUT E INCISOS I E II DO ART. 2° DA LEI N° 342/2005 - CONSELHO MUNICIPAL DA CONDIÇÃO FEMININA DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/166/lei_551_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/166/lei_551_2013.pdf</t>
   </si>
   <si>
     <t>LEI Nº 551/2013 – PGMP - QUE DISPÕE SOBRE A PROIBIÇÃO DE FUNCIONAMENTO DOS EQUIPAMENTOS DE SOM AUTOMOTIVOS NAS VIAS, PRAÇAS E DEMAIS LOGRADOUROS PÚBLICOS NO ÂMBITO DO MUNICÍPIO DE PARINTINS-AM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/165/lei_550_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/165/lei_550_2013.pdf</t>
   </si>
   <si>
     <t>LEI Nº 550/2013 – PGMP - DECLARA DE UTILIDADE PÚBLICA A UNIÃO DAS PESSOAS COM DEFICIÊNCIA VISUAL DE PARINTINS — UDEVIP, NO MUNICÍPIO DE PARINTINS.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/164/lei_549_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/164/lei_549_2013.pdf</t>
   </si>
   <si>
     <t>LEI Nº 549/2013 – PGMP - ALTERA DISPOSITIVOS DA LEI N° 545/2013-PGMP, DANDO NOVA REDAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>548B</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/163/lei_548_b_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/163/lei_548_b_2013.pdf</t>
   </si>
   <si>
     <t>LEI Nº 548B/2013 – PGMP - DISPÕE SOBRE A INCLUSÃO DOS INCISOS IV E V NO ART. 5° E INCLUSÃO DE PARÁGRAFO E ALTERAÇÃO NO ART. 6° DA LEI N° 356/05 PGMP, QUE ESTABELECE MEIOS DE DEFESA PARA AS GARANTIAS INDIVIDUAIS NA PRESTAÇÃO DE SERVIÇOS DE ATENDIMENTO AO PÚBLICO NO MUNICÍPIO PELAS AGÊNCIAS BANCÁRIAS E SERVIÇOS AFINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/996/lei_no_580_2013_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/996/lei_no_580_2013_pgmp.pdf</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>548A</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/162/lei_548_a_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/162/lei_548_a_2013.pdf</t>
   </si>
   <si>
     <t>LEI Nº 548A/2013 – PGMP - DISPÕE SOBRE A ALTERAÇÃO DA REDAÇÃO DOS ARTIGOS 3º, 4º, 5º E 11 DA LEI Nº012/86 QUE CRIA O CONSELHO EXECUTIVO DO DISTRITO AGROINDUSTRIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/161/lei_548_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/161/lei_548_2013.pdf</t>
   </si>
   <si>
     <t>LEI Nº 548/2013 – PGMP - Que autoriza o Chefe do Poder Executivo Municipal a celebrar convênios, acordos, contratos, consórcios e congêneres com os órgãos da Administração Pública direta e indireta do Poder Executivo Estadual e da Administração Pública Federal direta e indireta, inclusive iniciativa privada e entidades assistenciais e culturais e dá outras providências.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/160/lei_547_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/160/lei_547_2013.pdf</t>
   </si>
   <si>
     <t>LEI Nº 547/2013 – PGMP - Aprovação da Indicação do Nome da Dra. Sinatra de Jesus dos Santos Silva, no Cargo como Procuradora Geral do Município de Parintins e dá outras providências.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/159/lei_546_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/159/lei_546_2013.pdf</t>
   </si>
   <si>
     <t>LEI Nº 546/2013 – PGMP - Aprovação da Indicação do Nome do Sr. Jocivaldo dos Santos de Souza, no Cargo como Diretor Geral do Serviço Autônomo de Água e Esgoto - SAAE e dá outras providências.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/158/lei_545_2013.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/158/lei_545_2013.pdf</t>
   </si>
   <si>
     <t>LEI Nº 545/2013 – PGMP - Altera Dispositivos da Lei N° 512/2011-PGMP, dando nova Redação e dá outras providências.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/254/lei_544_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/254/lei_544_2012.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DO PREFEITO, DO VICE-PREFEITO, DO PROCURADOR GERAL DO MUNICÍPIO, DOS SECRETÁRIOS MUNICIPAIS PARA O MANDATO DE 2013-2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/253/lei_543_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/253/lei_543_2012.pdf</t>
   </si>
   <si>
     <t>QUE DÁ NOME A RUA LUIZ DE SOUZA MACHADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/252/lei_542_2012_loa.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/252/lei_542_2012_loa.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DE 2013.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/251/lei_541_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/251/lei_541_2012.pdf</t>
   </si>
   <si>
     <t>INCLUI A MARCHA PARA JESUS NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/250/lei_540_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/250/lei_540_2012.pdf</t>
   </si>
   <si>
     <t>CRIA A COMISSÃO MULTIDISCIPLINAR DE APOIO À CRIANÇA E AO ADOLESCENTE EM SITUAÇÃO DE RISCO E VULNERABILIDADE NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/249/lei_539_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/249/lei_539_2012.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO E INCENTIVO AO COMBATE AOS MAUS-TRATOS A ANIMAIS DOMÉSTICOS NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/248/lei_538_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/248/lei_538_2012.pdf</t>
   </si>
   <si>
     <t>INCLUI O INCISO XXI AO ARTIGO 2° DA LEI N° 394/2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/247/lei_537_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/247/lei_537_2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA POLÍTICA MUNICIPAL DE PREVENÇÃO E ATENDIMENTO À GRAVIDEZ NA ADOLESCÊNCIA NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/246/lei_536_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/246/lei_536_2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DOS HERDEIROS DE PEDRO LOPES DUARTE, LOCALIZADO NA RUA ELÁDIO CARNEIRO Nº3992 - ITAÚNA II PARA CONSTRUÇÃO DE UM CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL - CRAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/245/lei_535_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/245/lei_535_2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROJETO CULTURAL E DE LAZER CARNABOI A SER REALIZADO NO MÊS DE FEVEREIRO OU MARÇO DE CADA ANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/244/lei_534_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/244/lei_534_2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/243/lei_533_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/243/lei_533_2012.pdf</t>
   </si>
   <si>
     <t>DAR NOME AO CENTRO DE SAÚDE DO BAIRRO DE SANTA RITA DE CÁSSIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/242/lei_532_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/242/lei_532_2012.pdf</t>
   </si>
   <si>
     <t>QUE ALTERA A DENOMINAÇÃO DA RUA VIEIRA JÚNIOR PARA RUA FRANCISCO IANNUZZI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/241/lei_531_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/241/lei_531_2012.pdf</t>
   </si>
   <si>
     <t>CRIA E DELIMITA BAIRRO PASCHOAL ALLÁGIO O LOTEAMENTO PASCHOAL ALLÁGIO NO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/240/lei_530_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/240/lei_530_2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. MARIA PINHEIRO ALVES, LOCALIZADO NA RUA URUCURITUBA - PALMARES PARA CONSTRUÇÃO DE UMA UBS - UNIDADE BÁSICA DE SAÚDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/239/lei_529_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/239/lei_529_2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DO SR. GERSON DE ALMEIDA QUEIROZ DA SILVA, LOCALIZADO NA RUA ROMUALDO CORREA N°4182 - ITAÚNA II PARA CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/238/lei_528_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/238/lei_528_2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DO SR. MACIEL DA SILVA MIRANDA, LOCALIZADO NA RUA ROMUALDO CORREA N° 4174 - ITAÚNA II PARA CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/237/lei_527_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/237/lei_527_2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DO GRUPO ASSOCIATIVO DOS MOVELEIROS DE PARINTINS, LOCALIZADO NA RUA ROMUALDO CORREA N° 4210 - ITAÚNA II PARA CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/236/lei_526_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/236/lei_526_2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO DIA DO MOTOTAXISTA, NO MUNICÍPIO DE PARINTINS - AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/235/lei_525_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/235/lei_525_2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR LICITAÇÃO PÚBLICA PARA FIRMAR PARCERIAS COM EMPRESAS PRIVADAS, OBJETIVANDO A COLOCAÇÃO DE GRADIS DE PROTEÇÃO PARA ARBORIZAÇÃO URBANA, EM LOGRADOUROS E VIAS PÚBLICAS DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/234/lei_524_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/234/lei_524_2012.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO XV DO ART.2º DA LEI Nº386/2006-PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/233/lei_523_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/233/lei_523_2012.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 50 DA LEI Nº 420/2008 - PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/232/lei_522_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/232/lei_522_2012.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A COOPERATIVA DOS MOTOTAXISTAS DE PARINTINS - COOPMOTO, NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/231/lei_521_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/231/lei_521_2012.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INSTITUIÇÃO DA COMEMORAÇÃO DO DIA DOS DESBRAVADORES, NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/230/lei_520_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/230/lei_520_2012.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I - DESCRIÇÃO E REQUISITOS DOS CARGOS PÚBLICOS PARA PROVIMENTO EFETIVO DA LEI Nº 511/2011 - PGMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/228/lei_519_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/228/lei_519_2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DOS SERVIÇOS DE TRANSPORTES E CARGAS NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/225/lei_518_2012.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/225/lei_518_2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº342/2005, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DA CONDIÇÃO FEMININA DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/227/lei_517_2012_passagens_e_diarias_pdf.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/227/lei_517_2012_passagens_e_diarias_pdf.pdf</t>
   </si>
   <si>
     <t>ESTABELECE CRITÉRIOS PARA A FIXAÇÃO DE PASSAGENS E DIÁRIAS AOS DETENTORES DE MANDATO ELETIVO E SERVIDORES PÚBLICOS DO PODER LEGISLATIVO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/226/lei_516_2012_gasolina_pdf.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/226/lei_516_2012_gasolina_pdf.pdf</t>
   </si>
   <si>
     <t>FIXA A COTA MENSAL DE COMBUSTÍVEL AOS PARLAMENTARES DA CÂMARA MUNICIPAL DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/275/lei_515_2011.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/275/lei_515_2011.pdf</t>
   </si>
   <si>
     <t>INCLUI NOVOS INCISOS AO ARTIGO 2º DA LEI Nº 394/2007, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/274/lei_514_2011.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/274/lei_514_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EDUCAÇÃO AMBIENTAL NO CURRÍCULO ESCOLAR DA REDE PÚBLICA DO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/273/lei_513_2011.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/273/lei_513_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA COMEMORAÇÃO DO DIA DO MIGRANTE, NO MUNICÍPIO DE PARINTINS-AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/272/lei_512_2011_reforma_e_estrutura_administrativa.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/272/lei_512_2011_reforma_e_estrutura_administrativa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REFORMA E ESTRUTURAÇÃO ADMINISTRATIVA DOS ÓRGÃOS DA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DO MUNICÍPIO DE PARINTINS, NOS TERMOS DO ART. 37 E SS., DA CONSTITUIÇÃO FEDERAL DE 1988, OS ARTS. 1º E 2º, DA LEI MUNICIPAL Nº 339, DE 17 DE JANEIRO DE 2005, OS ARTS. 7, 10, 22 A 41, DA LEI MUNICIPAL Nº 489, DE 27 DE DEZEMBRO DE 2010 E O ART. 82, DA LEI ORGÂNICA DO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/271/lei_511_2011.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/271/lei_511_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARREIRAS, CARGOS, VAGAS E VENCIMENTOS DOS SERVIDORES PÚBLICOS CIVIS DA ADMINISTRAÇÃO PÚBLICA DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/270/lei_510_2011_loa.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/270/lei_510_2011_loa.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DE 2012, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/269/lei_509_2011.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/269/lei_509_2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. VALDA MARIA DE SOUZA GOMES, LOCALIZADO NA RUA BARREIRINHA, PARA A CONSTRUÇÃO DA MINI VILA OLÍMPICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/268/lei_508_2011.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/268/lei_508_2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DO SR. VALDEMIR DOS SANTOS SILVA, LOCALIZADO NA RUA MAUÉS, PARA A CONSTRUÇÃO DA MINI VILA OLÍMPICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/267/lei_507_2011_ldo.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/267/lei_507_2011_ldo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2012, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/266/lei_506_2011.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/266/lei_506_2011.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A FAEPI - FUNDAÇÃO DE APOIO AO ENSINO, PESQUISA, EXTENSÃO E INTERIORIZAÇÃO DO IFAM, NO MUNICÍPIO DE PARINTINS-AM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/265/lei_505_2011.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/265/lei_505_2011.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DAS TRADIÇÕES CULTURAIS DO MOCAMBO DO ARARI, NO MUNICIPIO DE PARINTINS-AM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/264/lei_504_2011.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/264/lei_504_2011.pdf</t>
   </si>
   <si>
     <t>"HOMOLOGAÇÃO DO HINO MUNICIPAL DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/263/lei_503_2011.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/263/lei_503_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO GERAL DO MUNICÍPIO DE PARINTINS E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/262/lei_502_2011.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/262/lei_502_2011.pdf</t>
   </si>
   <si>
     <t>"ATRIBUI A REMUNERAÇÃO DO PRESIDENTE E DO PREGOEIRO TITULAR DA COMISSÃO MUNICIPAL DE LICITAÇÃO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/261/lei_501_2011.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/261/lei_501_2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A EXPEDIÇÃO DE TÍTULOS DEFINITIVOS PARA AS FAMÍLIAS ASSENTADAS NO BAIRRO DENOMINADO "UNIÃO" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/260/lei_500_2011.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/260/lei_500_2011.pdf</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/259/lei_499_2011.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/259/lei_499_2011.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS DA LEI N° 393/2007-PGMP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/258/lei_498_2011.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/258/lei_498_2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SRA. ANA FERREIRA DE ARAÚJO, LOCALIZADO NESTE MUNICÍPIO NA RUA SILVA MEIRELES, CENTRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/257/lei_497_2011.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/257/lei_497_2011.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 3° E INCISO IV DO ART. 8°, DA LEI MUNICIPAL N° 483/2010/PGMP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/256/lei_496_2011.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/256/lei_496_2011.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA A ALÍNEA "G", NO INCISO II DO ART. 5°, DA LEI MUNICIPAL N° 402/2007/PGMP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1013/lei_n_495_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1013/lei_n_495_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 343/2005-PGMP, DANDO NOVA REDAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1012/lei_n_494_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1012/lei_n_494_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE SALARIAL DOS SERVIDORES CONCURSADOS DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1011/lei_n_493_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1011/lei_n_493_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA OBRIGAÇÕES E PROCEDIMENTOS FISCAIS PARA A ATIVIDADE DE DIVERSÕES PÚBLICAS, NA FORMA ABAIXO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1010/lei_n_492_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1010/lei_n_492_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DA CIDADE DE PARINTINS - CONCIDADE/PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/348/lei_491_2010-pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/348/lei_491_2010-pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 13 E 14, INCLUI OS ARTIGOS 15, 16, 18, 19, A SEÇÃO II DAS LICENÇAS, CAPÍTULO VI DA REMOÇÃO E DA CEDÊNCIA, BEM COMO ALTERA O ANEXO I E III, DA LEI N° 438/2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1009/lei_n_490_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1009/lei_n_490_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS ALTERAÇÕES NA LEI Nº 301/2002-PGMP QUE CRIA O CONSELHO MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1008/lei_n_489_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1008/lei_n_489_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI N° 300/2002-PGMP ATUALIZANDO, DE ACORDO COM AS LEIS VIGENTES, A ESTRUTURA DO SISTEMA MUNICIPAL DE EDUCAÇÃO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1007/lei_n_488_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1007/lei_n_488_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 442/2009, QUE INSTITUIU O PLANO DE CARREIRA, CARGOS E VENCIMENTOS DOS SERVIDORES DO SERVIÇO AUTÔNOMO E ÁGUA E ESGOTO DE PARINTINS-SAAE.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1006/lei_n_487_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1006/lei_n_487_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROCESSO ADMINISTRATIVO NA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1005/lei_n_486_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1005/lei_n_486_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 366/2005 - PGMP, QUE DISPÕE SOBRE A REESTRUTURAÇÃO DAS TARIFAS COBRADAS PELO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO DE PARINTINS - SAAE.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1004/lei_n_485_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1004/lei_n_485_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 426/2008-PGMP, DANDO NOVA REDAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1003/lei_n_484_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1003/lei_n_484_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/291/lei_483_2010.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/291/lei_483_2010.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE TURISMO - COMTUR, O FUNDO MUNICIPAL DE DESENVOLVIMENTO DO TURISMO - FUMDETUR DO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/290/lei_482_2010.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/290/lei_482_2010.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO GESTOR DO TELECENTRO COMUNITÁRIO DO MUNICÍPIO DE PARINTINS - AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/289/lei_481_2010.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/289/lei_481_2010.pdf</t>
   </si>
   <si>
     <t>DEFINE A QUANTIA CONSIDERADA DE PEQUENO VALOR PARA OS EFEITOS DO DISPOSTO NO § 3º DO ARTIGO 100 DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/288/lei_480_2010.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/288/lei_480_2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NESTE MUNICÍPIO NA RUA MAUÉS S/N, BAIRRO SÃO VICENTE DE PAULA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/287/lei_479_2010.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/287/lei_479_2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO E ATRIBUIÇÕES DO CONSELHO MUNICIPAL DE SAÚDE DE PARINTINS, CONFORME DISPOSTO NO ART. 149, VIII, DA LEI ORGÂNICA DO MUNICÍPIO DE PARINTINS, LEI MUNICIPAL N° 288/2002- GPMP, E RESOLUÇÃO N° 333 DE 04.11.2003 DO CONSELHO NACIONAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/286/lei_478_2010.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/286/lei_478_2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE COMERCIALIZAÇÃO DE USO DE CEROL OU DE QUALQUER MATERIAL CORTANTE EM LINHAS OU FIOS USADOS PARA EMPINAR PIPAS E PAPAGAIOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/285/lei_477_2010.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/285/lei_477_2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2011, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1002/lei_n_476_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1002/lei_n_476_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N° 256/2001- PGMP, DANDO NOVA REDAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/284/lei_475_2010.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/284/lei_475_2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE EM BEM PÚBLICO DO MUNICÍPIO DE PARINTINS A PROCURADORIA GERAL DE JUSTIÇA DO ESTADO DO AMAZONAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1017/lei_no_474_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1017/lei_no_474_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/283/lei_473_2010.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/283/lei_473_2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE BEM PÚBLICO MUNICIPAL A TERRA EDITORA, COMÉRCIO GRÁFICOS LTDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/282/lei_472_2010.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/282/lei_472_2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DO SR. MARISSON GARCIA BATISTA, LOCALIZADO À ESTRADA PARINTINS/MACURANY, S/N°, BAIRRO DJARD VIEIRA, NESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/281/lei_471_2010.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/281/lei_471_2010.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O INSTITUTO BOI BUMBÁ GARANTIDO, NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/280/lei_470_2010.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/280/lei_470_2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO ATRAVÉS DE RÁDIOS, COMERCIAIS OU COMUNITÁRIAS, DE PARINTINS, DE BANDAS E ARTISTAS DO ESTADO DO AMAZONAS, INDEPENDENTEMENTE DE GÊNERO.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/279/lei_469_2010.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/279/lei_469_2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO A DOAÇÃO DE UM IMÓVEL DE SUA PROPRIEDADE AO PODER EXECUTIVO MUNICIPAL DE PARINTINS, PARA FINS DE CONSTRUÇÃO DA SEDE PRÓPRIA DA CÂMARA MUNICIPAL DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/278/lei_468_2010.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/278/lei_468_2010.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI Nº 448/2009-PGMP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/277/lei_467_2010.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/277/lei_467_2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NESTE MUNICÍPIO NA PASSAGEM EMÍLIO SOUZA - COMUNIDADE DO ANINGA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/276/lei_466_2010.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/276/lei_466_2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NESTE MUNICÍPIO NA RUA PE. FRANCISCO LUPINO, Nº 4203 - ITAÚNA II, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1001/lei_n_465_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1001/lei_n_465_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>ADOTA O DIÁRIO OFICIAL DOS MUNICÍPIOS DO ESTADO DO AMAZONAS, INSTITUÍDO E ADMINISTRADO PELA ASSOCIAÇÃO AMAZONENSE DOS MUNICÍPIOS – AAM, COMO MEIO OFICIAL DE COMUNICAÇÃO DOS ATOS NORMATIVOS E ADMINISTRATIVOS DO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1000/lei_n_464_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1000/lei_n_464_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>Altera os arts. 6º, 14, 18, o Parágrafo Único do art. 30, art. 32, art. 33, o §1º, do art. 40 e o art. 54, da Lei Municipal nº 420/2008/PGMP, e dá outras providências.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/999/lei_n_463_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/999/lei_n_463_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>Altera o inciso I e alínea “a”, inciso II e alíneas “e” e “f”, do art. 5°, da Lei Municipal n° 402/2007/PGMP, e dá outras providências.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/998/lei_n_462_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/998/lei_n_462_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>FIXA REQUISITOS, PARA FINS DE EDIFICAÇÃO DE LOTEAMENTO URBANO E CESSÃO PROVISÓRIA AS FAMÍLIAS PARINTINENSES DE BAIXA RENDA, DEVIDAMENTE CADASTRADAS PELA SECRETÁRIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E TRABALHO - SEMAST, NA FORMA E CONDIÇÕES QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/997/lei_n_461_2010_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/997/lei_n_461_2010_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO DA PREFEITURA MUNICIPAL DE PARINTINS A CONTRATAR PESSOAL, POR TEMPO DETERMINADO, SEM CONCURSO PÚBLICO, PARA ATENDER NECESSIDADE TEMPORÁRIA DE INTERESSE PÚBLICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/312/lei_460_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/312/lei_460_2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE PARINTINS PARA O PERÍODO 2010-2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/311/lei_459_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/311/lei_459_2009.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARINTINS PARA O EXERCÍCIO FINANCEIRO DE 2010.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/310/lei_458_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/310/lei_458_2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O TOMBAMENTO DE BENS QUE COMPÕEM O PATRIMÔNIO HISTÓRICO ARTÍSTICO-CULTURAL DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/309/lei_457_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/309/lei_457_2009.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA MUNICIPAL DE TOMBAMENTO DE BENS QUE COMPÕEM O PATRIMÔNIO HISTÓRICO, ARTÍSTICO-CULTURAL DE PARINTINS, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/308/lei_456_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/308/lei_456_2009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NESTE MUNICÍPIO NA RUA 15 DE OUTUBRO, S/N - NOSSA SENHORA DE NAZARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/307/lei_455_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/307/lei_455_2009.pdf</t>
   </si>
   <si>
     <t>DETERMINA A LICENÇA MATERNIDADE PELO PERÍODO DE 180 (CENTO E OITENTA) DIAS CONSECUTIVOS ÀS SERVIDORAS PÚBLICAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/306/lei_454_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/306/lei_454_2009.pdf</t>
   </si>
   <si>
     <t>DETERMINA AOS BARES, BOATES, CLUBES, BAILÕES E CONGÊNERES, SEDIADOS NO MUNICÍPIO DE PARINTINS, A INSERIREM EM SEUS CONVITES E CARTÕES DE CONSUMAÇÃO SLOGANS DE ADVERTÊNCIA SOBRE O CONSUMO DE BEBIDAS ALCOÓLICAS E DROGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/305/lei_453_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/305/lei_453_2009.pdf</t>
   </si>
   <si>
     <t>QUE ALTERA E ACRESCENTA DISPOSITIVOS À LEI N° 373/2006 - QUE AUTORIZA O SERVIÇO DE TRANSPORTE INDIVIDUAL DE PASSAGEIROS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/304/lei_452_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/304/lei_452_2009.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO SOBRE A AUTORIZAÇÃO AO CHEFE DO PODER EXECUTIVO MUNICIPAL PARA CELEBRAR CONVÊNIOS, ACORDOS, CONTRATOS, CONSÓRCIOS E CONGÊNERES COM OS ÓRGÃOS DA ADMINISTRAÇÃO PÚBLICA DO PODER EXECUTIVO ESTADUAL E DA ADMINISTRAÇÃO PÚBLICA_x000D_
 FEDERAL, DIRETA E INDIRETA, INCLUSIVE DA INICIATIVA PRIVADA E ENTIDADES ASSISTENCIAIS E CULTURAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/303/lei_451_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/303/lei_451_2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2010 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/302/lei_450_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/302/lei_450_2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA JUNTA ADMINISTRATIVA DE RECURSOS DE INFRAÇÃO - JARI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/301/lei_449_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/301/lei_449_2009.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO CULTURAL E ARTÍSTICA “ALFABETIARTE DE PARINTINS”, NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/300/lei_448_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/300/lei_448_2009.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1° DA LEI N° 435/2008-PGMP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/299/lei_447_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/299/lei_447_2009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DE UM IMÓVEL LOCALIZADO NESTE MUNICÍPIO NO BAIRRO PAULO CORRÊA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/298/lei_446_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/298/lei_446_2009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NESTE MUNICÍPIO NA RUA ALAMEDA VIVENDA DOS FARIAS, COMUNIDADE DO MACURANY E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/297/lei_445_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/297/lei_445_2009.pdf</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/296/lei_444_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/296/lei_444_2009.pdf</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/1014/lei_n_443_2009_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/1014/lei_n_443_2009_pgmp.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO SOBRE A AUTORIZAÇÃO AO CHEFE DO PODER EXECUTIVO MUNICIPAL PARA CELEBRAR CONVÊNIOS, ACORDOS, CONTRATOS, CONSÓRCIOS E CONGÊNERES COM OS ÓRGÃOS DA ADMINISTRAÇÃO PÚBLICA DO PODER EXECUTIVO ESTADUAL E DA ADMINISTRAÇÃO PÚBLICA FEDERAL, DIRETA E INDIRETA, INCLUSIVE DA INICIATIVA PRIVADA E ENTIDADES ASSISTENCIAIS E CULTURAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/295/lei_442_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/295/lei_442_2009.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE CARREIRA, CARGOS E VENCIMENTOS DOS SERVIDORES DO SERVIÇO AUTÔNOMO E ÁGUA E ESGOTO DE PARINTINS - SAAE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/294/lei_441_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/294/lei_441_2009.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO DA INDICAÇÃO DO NOME DO SR. MAURÍCIO MARTINS VIANA, NO CARGO COMO DIRETOR GERAL DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO - SAAE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/293/lei_440_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/293/lei_440_2009.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO DA INDICAÇÃO DO NOME DA DRA. ANACLEY GARCIA ARAÚJO DA SILVA, NO CARGO COMO PROCURADORA GERAL DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/292/lei_439_2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/292/lei_439_2009.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 2º DA LEI N°422/2008-PGMP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/347/lei_438_2008_-_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/347/lei_438_2008_-_pgmp.pdf</t>
   </si>
   <si>
     <t>REESTRUTURAÇÃO DO PLANO DE CARREIRA, CARGOS E REMUNERAÇÃO DOS PROFISSIONAIS DO MAGISTÉRIO DA PREFEITURA MUNICIPAL DE PARINTINS - PMP.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/332/lei_437_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/332/lei_437_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DISTINTIVO DO CARGO DE PREFEITO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/331/lei_436_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/331/lei_436_2008.pdf</t>
   </si>
   <si>
     <t>FIXA A ALÍQUOTA DO IMPOSTO SOBRE SERVIÇO DE QUALQUER NATUREZA -ISSQN, NA BASE DE 5% PARA O EXERCÍCIO DE 2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/330/lei_435_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/330/lei_435_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE UM BEM PÚBLICO DO MUNICÍPIO DE PARINTINS AO MINISTÉRIO DA MARINHA PARA O USO DA CAPITANIA DOS PORTOS EM PARINTINS.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/329/lei_434_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/329/lei_434_2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Comenda do Mérito Agropecuário “RAIMUNDO MENDES LEAL” e dá outras providências.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/328/lei_433_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/328/lei_433_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO BANCO DE SEMENTES E JARDIM CLONAL MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/327/lei_432_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/327/lei_432_2008.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO/SAAE - PARINTINS PARA O EXERCÍCIO FINANCEIRO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/326/lei_431_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/326/lei_431_2008.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARINTINS PARA O EXERCÍCIO FINANCEIRO DE 2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/325/lei_430_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/325/lei_430_2008.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O INSTITUTO MEMORIAL DE PARINTINS - IMPIN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/324/lei_428_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/324/lei_428_2008.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A COOPERATIVA HABITACIONAL DOS TRABALHADORES DA CONSTRUÇÃO CIVIL DE PARINTINS - COOPTRU, NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/323/lei_427_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/323/lei_427_2008.pdf</t>
   </si>
   <si>
     <t>AUTORIZA NA FORMA DA LEI A IMPLANTAÇÃO DO LOTEAMENTO DENOMINADO “VILA CRISTINA” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/322/lei_426_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/322/lei_426_2008.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO, DO VICE-PREFEITO, DO PROCURADOR GERAL DO MUNICÍPIO, DOS SECRETÁRIOS MUNICIPAIS PARA A LEGISLATURA 2009-2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/321/lei_425_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/321/lei_425_2008.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS PARLAMENTARES PARA A LEGISLATURA 2009-2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/1019/lei_n_424_2008_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/1019/lei_n_424_2008_pgmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS MORADORES E AMIGOS DO BAIRRO DJARD VIEIRA – AMABDV, NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/320/lei_422_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/320/lei_422_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO - CONSELHO DO FUNDEB, DE ACORDO COM A LEI N°11.494, DE 20 DE JUNHO DE 2007, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/319/lei_421_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/319/lei_421_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/318/lei_420_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/318/lei_420_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA DE ATENDIMENTO DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/317/lei_419_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/317/lei_419_2008.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O RECEBIMENTO DE DOAÇÃO DE BEM IMÓVEL SITUADO NA RUA GOVERNADOR LEOPOLDO NEVES, Q.70, S-01 EM PARINTINS, BEM COMO A CESSÃO DE DIREITOS DO DENOMINADO ESTÁDIO TUPY CANTANHEDE A PREFEITURA MUNICIPAL DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/316/lei_418_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/316/lei_418_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA EMPRESA MUNICIPAL DE TRÂNSITO E TRANSPORTES - E.M.T.T., SOBRE A ESTRUTURAÇÃO DO ÓRGÃO EXECUTIVO DE TRÂNSITO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/1018/lei_n_417_2008_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/1018/lei_n_417_2008_pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DO PARÁGRAFO 1º, DO ART. 2º, DA LEI MUNICIPAL Nº 382/2006/PGMP, QUE DISPÕE SOBRE A CRIAÇÃO DO UNIFORME ESCOLAR PADRÃO PARA ALUNOS DE 1ª A 8ª SÉRIE DO ENSINO FUNDAMENTAL DO MUNICÍPIO DE PARINTINS, NAS CONDIÇÕES QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>416.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/315/lei_416_2008..pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/315/lei_416_2008..pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS MORADORES E AMIGOS DO BAIRRO DJARD VIEIRA - AMABDV, NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/314/lei_415_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/314/lei_415_2008.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NESTE MUNICÍPIO NA RUA CORDOVIL - CENTRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/313/lei_414_2008.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/313/lei_414_2008.pdf</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DO PARÁGRAFO 1º, DO ART. 2º, DA LEI MUNICIPAL N° 382/2006/PGMP, QUE DISPÕE SOBRE A CRIAÇÃO DO UNIFORME ESCOLAR PADRÃO PARA ALUNOS DE 1ª A 8ª SÉRIE DO ENSINO FUNDAMENTAL DO MUNICÍPIO DE PARINTINS, NAS CONDIÇÕES QUE ESPECIFICA.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/1015/lei_n_416_2008_pgmp_1.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/1015/lei_n_416_2008_pgmp_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE BEM PÚBLICO MUNICIPAL AO CENTRO FEDERAL DE EDUCAÇÃO TECNOLÓGICA DO AMAZONAS - CEFET, EXTENSÃO PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>416A</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/1016/lei_n_416a_2008_pgmp_2.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/1016/lei_n_416a_2008_pgmp_2.pdf</t>
   </si>
   <si>
     <t>FIXA A REMUNERAÇÃO DOS AUXILIARES DO PREFEITO MUNICIPAL DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/359/lei_415_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/359/lei_415_2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NA ESTRADA ODOVALDO NOVO, S/N COMUNIDADE ANINGA/PARANANEMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/358/lei_414_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/358/lei_414_2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO TERRENO LOCALIZADO NESTE MUNICÍPIO SITUADO NA ESTRADA PARINTINS/MACURANY, NECESSÁRIO PARA A CONSTRUÇÃO DE UM ATERRO SANITÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/357/lei_413_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/357/lei_413_2007.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO SAAE DE PARINTINS, PARA O ANO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/356/lei_412_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/356/lei_412_2007.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARINTINS PARA O EXERCÍCIO FINANCEIRO DE 2008.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/355/lei_411_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/355/lei_411_2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/354/lei_410_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/354/lei_410_2007.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O INSTITUTO RAIMUNDA ANTONIA DE PAULA MELO (IRAPAM), ORGANIZAÇÃO SOCIAL, FILANTRÓPICA, SEM FINS LUCRATIVOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/353/lei_409_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/353/lei_409_2007.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A LIGA INDEPENDENTE DOS BLOCOS CARNAVALESCOS DE PARINTINS - LIBCP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/352/lei_408_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/352/lei_408_2007.pdf</t>
   </si>
   <si>
     <t>AJUSTA A LEGISLAÇÃO TRIBUTÁRIA DO MUNICÍPIO À LEGISLAÇÃO FEDERAL, QUANTO AO TRATAMENTO DIFERENCIADO E FAVORECIDO ÀS MICROEMPRESAS E EMPRESAS DE PEQUENO PORTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/351/lei_407_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/351/lei_407_2007.pdf</t>
   </si>
   <si>
     <t>INSTITUI O NOVO CÓDIGO DE POSTURAS NO MUNICÍPIO DE PARINTINS E DÁ  OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/350/lei_406_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/350/lei_406_2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER MEDIANTE DOAÇÃO, NÚCLEO URBANO DO P.A. VILA AMAZÔNIA, COM SEUS BENS IMÓVEIS e BENFEITORIAS NELA EXISTENTES, NO PERÍMETRO, ÁREA APROXIMADA DE 2.176.053,6587 M² E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/346/lei_405_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/346/lei_405_2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISPENSA DE JUROS, MULTAS E TAXA DE RELIGAÇÃO RELACIONADO COM DÉBITOS FISCAIS DO IMPOSTO DO SAAE (ÁGUA), NAS CONDIÇÕES QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/345/lei_404_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/345/lei_404_2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MUDANÇA DA LEI N°394/07, REFERENTE AO NOME DO GABINETE MUNICIPAL DE AÇÃO INTEGRADA EM SEGURANÇA PÚBLICA DE PARINTINS - GAMAISP, PARA GABINETE DE GESTÃO INTEGRADA MUNICIPAL DE PARINTINS - GGI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/344/lei_403_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/344/lei_403_2007.pdf</t>
   </si>
   <si>
     <t>CRIA O DIA DE ABSTINÊNCIA AO CONSUMO DE BEBIDA ALCOÓLICA NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/343/lei_402_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/343/lei_402_2007.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL - FMHIS E INSTITUI O CONSELHO-GESTOR DO FMHIS.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/342/lei_401_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/342/lei_401_2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE ESPAÇOS CULTURAIS, DESTINADOS A OBRAS DE ARTE, NAS EDIFICAÇÕES PÚBLICAS E PRIVADAS COMERCIAIS NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/341/lei_400_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/341/lei_400_2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE TRANSPORTE ESCOLAR MUNICIPAL GRATUITO - VAI E VOLTA, NO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/340/lei_399_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/340/lei_399_2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A ESTABELECER PARCERIAS E FIRMAR CONTRATOS OU CONVÊNIOS DE COOPERAÇÃO TÉCNICA ADMINISTRATIVA ENTRE O MUNICÍPIO E INSTITUIÇÕES FINANCEIRAS E CESSÃO DE USO DE ESPAÇO FÍSICO, PARA INSTALAÇÃO DE POSTO DE ATENDIMENTO BANCÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/339/lei_398_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/339/lei_398_2007.pdf</t>
   </si>
   <si>
     <t>REESTRUTURA A SECRETARIA MUNICIPAL DA INDÚSTRIA, COMÉRCIO, CULTURA E TURISMO - SICTUR E CRIA A SECRETARIA MUNICIPAL DA JUVENTUDE E CULTURA - SEJUC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/338/lei_397_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/338/lei_397_2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA COMENDA DO MÉRITO AMBIENTAL, "ANTONIO OLIVEIRA SILVA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/337/lei_396_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/337/lei_396_2007.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS PENALIDADES PARA OS PRESTADORES DE SERVIÇO DE TRANSPORTE INDIVIDUAL DE PASSAGEIROS EM MOTOCICLETAS, NOS TERMOS DO PARÁGRAFO ÚNICO ART.5º DA LEI N° 373/2006 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/336/lei_395_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/336/lei_395_2007.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO COMUNITÁRIO DE SEGURANÇA PÚBLICA DO MUNICÍPIO DE PARINTINS (CONSEG) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/335/lei_394_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/335/lei_394_2007.pdf</t>
   </si>
   <si>
     <t>INSTITUI O GABINETE MUNICIPAL DE AÇÃO INTEGRADA DE SEGURANÇA PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/334/lei_393_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/334/lei_393_2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O HORÁRIO DE FUNCIONAMENTO DE BARES, SIMILARES, OUTROS ESTABELECIMENTOS CONGÊNERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/333/lei_392_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/333/lei_392_2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS A EFETUAR A TROCA DO NÚMERO DAS LEIS ORDINÁRIAS MUNICIPAIS A PARTIR DO ANO DE 1997 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/440/lei_no_391-07.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/440/lei_no_391-07.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE USO DE BEM PÚBLICO REMUNERADA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/443/lei_no_390-07.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/443/lei_no_390-07.pdf</t>
   </si>
   <si>
     <t>CONCEDE A ANISTIA DE MULTA E JUROS AOS DÉBITOS FISCAIS, EXISTENTES ATÉ 31 DE DEZEMBRO DE 2006, INSCRITOS OU NÃO, EM DÍVIDA ATIVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/444/lei_no_389-07.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/444/lei_no_389-07.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 35,47 E 54 DA LEI Nº 29, DE 28 DE DEZEMBRO DE 2005 – CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/466/lei_no_388-06_-_lei_orcamentaria_anual_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/466/lei_no_388-06_-_lei_orcamentaria_anual_2007.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARINTINS PARA O EXERCÍCIO FINANCEIRO DE 2007.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/465/lei_no_387-06_institui_o_codigo_ambiental_do_mun_de_pin.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/465/lei_no_387-06_institui_o_codigo_ambiental_do_mun_de_pin.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO AMBIENTAL DO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/464/lei_no_386-06_dispoe_sobre_o_perimetro_urbano_de_parintins.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/464/lei_no_386-06_dispoe_sobre_o_perimetro_urbano_de_parintins.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PERÍMETRO URBANO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/463/lei_no_385-06_dispoe_sobre_a_permuta_de_bem_publico.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/463/lei_no_385-06_dispoe_sobre_a_permuta_de_bem_publico.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PERMUTA DE UM BEM PÚBLICO COM BEM PARTICULAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/462/lei_no_384-06_concessao_da_medalha_do_merito_ao_sr._jacob_mo.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/462/lei_no_384-06_concessao_da_medalha_do_merito_ao_sr._jacob_mo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA MEDALHA DO MÉRITO LEGISLATIVO RAIMUNDO ALMADA, AO SENHOR JACOB MOISÉS COHEN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/461/lei_no_383-06_concessao_da_medalha_do_merito_ao_sr._aldemar_.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/461/lei_no_383-06_concessao_da_medalha_do_merito_ao_sr._aldemar_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA MEDALHA DO MÉRITO LEGISLATIVO RAIMUNDO ALMADA, AO SENHOR ALDEMAR KIMURA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/460/lei_no_382-06_criacao_do_uniforme_escolar_padrao_para_alunos.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/460/lei_no_382-06_criacao_do_uniforme_escolar_padrao_para_alunos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO UNIFORME ESCOLAR PADRÃO PARA ALUNOS DE 1ª A 8ª SÉRIE DO ENSINO FUNDAMENTAL DO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/459/lei_no_381-06_lei_das_diretrizes_orcamentaria_2007.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/459/lei_no_381-06_lei_das_diretrizes_orcamentaria_2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/458/lei_no_380-06_dar_redacao_aos_art._180181_da_lei_organica.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/458/lei_no_380-06_dar_redacao_aos_art._180181_da_lei_organica.pdf</t>
   </si>
   <si>
     <t>OS TERMOS DOS ARTIGOS 180, 181 E 182 DA LEI ORGÂNICA DO MUNICÍPIO DE PARINTINS, DÊ-SE A SEGUINTE REDAÇÃO AOS ART. 180, 181 E SEU PARÁGRAFO ÚNICO E O ART. 182 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/457/lei_no_379-06_explor_dos_recursos_pesqueiros.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/457/lei_no_379-06_explor_dos_recursos_pesqueiros.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXPLORAÇÃO DOS RECURSOS PESQUEIROS E ESTABELECE MEDIDAS DE PROTEÇÃO E CONTROLE DA ICTIOFAUNA E DÁ OUTRAS _x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/456/lei_no_378-06_considera_util_pub_a_assoc_comercial_de_pin.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/456/lei_no_378-06_considera_util_pub_a_assoc_comercial_de_pin.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA AASSOCIAÇÃO COMERCIAL DE PARINTINSE DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/455/lei_no_377-06_considera_util_pub_inst_geograf_e_hist_de_pin.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/455/lei_no_377-06_considera_util_pub_inst_geograf_e_hist_de_pin.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA OINSTITUTO GEOGRÁFICO E HISTÓRICODE PARINTINS - IGHP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/454/lei_no_376-06_estabelece_isencao_de_pagamento_iptu.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/454/lei_no_376-06_estabelece_isencao_de_pagamento_iptu.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A “ISENÇÃO” DE PAGAMENTO DO IPTU ÀS FAMÍLIAS CARENTES NO MUNICÍPIO DE PARINTINS, NOS TERMOS DO ART. 201 DA LEI ORGÂNICA DO MUNICÍPIO DE PARINTINS - AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/453/lei_no_375-06_plano_diretor_parintins_-publicacao.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/453/lei_no_375-06_plano_diretor_parintins_-publicacao.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA O PLANO DIRETOR DO MUNICÍPIO DE PARINTINS E ESTABELECE DIRETRIZES GERAIS DA POLÍTICA URBANA E RURAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/452/lei_no_374-06_conselho_munic._de_seguranca_alimentar_e_nutri.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/452/lei_no_374-06_conselho_munic._de_seguranca_alimentar_e_nutri.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL DO MUNICÍPIO DE PARINTINS – COMSEAPIN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>FICA AUTORIZADO NO MUNICÍPIO DE PARINTINS – AM O SERVIÇO DE TRANSPORTE INDIVIDUAL DE PASSAGEIROS E CRIA O CONSELHO _x000D_
 MUNICIPAL DE TRANSPORTE INDIVIDUAL DE PASSAGEIROS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/450/lei_no_372-06_doacao_terreno_ceam.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/450/lei_no_372-06_doacao_terreno_ceam.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE BEM PÚBLICO MUNICIPAL A COMPANHIA ENERGÉTICA DO AMAZONAS - CEAM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/449/lei_no_371-06_desapropriacao_imovel_sandra_suely.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/449/lei_no_371-06_desapropriacao_imovel_sandra_suely.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NESTE MUNICÍPIO NA RUA PADRE FRANCISCO LUPINO Nº 4177, BAIRRO ITAÚNA II, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/448/lei_no_370-06_considera_util_pub_assoc_proj_festival_musica_.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/448/lei_no_370-06_considera_util_pub_assoc_proj_festival_musica_.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DO PROJETO FESTIVAL DA MÚSICA SACRA DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/447/lei_no_369-06_doacao_terreno_dnit_porto_vila_amazonia.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/447/lei_no_369-06_doacao_terreno_dnit_porto_vila_amazonia.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE BEM PÚBLICO MUNICIPAL AO DEPARTAMENTO NACIONAL DE INFRA-ESTRUTURA DE TRANSPORTES - DNIT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/446/lei_no_368-06_doacao_terreno_dnit_porto_parintins.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/445/lei_no_367-06_subsidios_do_prefeito_e_vice_06_a_08.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/446/lei_no_368-06_doacao_terreno_dnit_porto_parintins.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/445/lei_no_367-06_subsidios_do_prefeito_e_vice_06_a_08.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO E VICE-PREFEITO DO MUNICÍPIO DE PARINTINS, PARA A LEGISLATURA 2006/2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/496/lei_no_366-05_ajusta_as_tarifas_de_agua_no_municipio.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/496/lei_no_366-05_ajusta_as_tarifas_de_agua_no_municipio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DAS TARIFAS DO CONSUMO DE ÁGUA POTÁVEL FORNECIDA PELO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO -SAAE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/495/lei_no_365-05_reforma_administrativa.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/495/lei_no_365-05_reforma_administrativa.pdf</t>
   </si>
   <si>
     <t>REORGANIZA A ESTRUTURA DA ADMINISTRAÇÃO DIRETA E INDIRETA DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/494/lei_no_364-05_reestrutura_o_cons._de_acomp_do_fundef.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/494/lei_no_364-05_reestrutura_o_cons._de_acomp_do_fundef.pdf</t>
   </si>
   <si>
     <t>FICA REESTRUTURADO O CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNFEF E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/493/lei_no_363-05_codigo_tributario.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/493/lei_no_363-05_codigo_tributario.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE PARINTINS, E DÁOUTRAS PROVIDENCIAS.”</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/492/lei_no_362-05_diretrizes_orc._2006_ldo.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/492/lei_no_362-05_diretrizes_orc._2006_ldo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA ORÇAMENTÁRIA DE 2006 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/491/lei_no_361-05_fixa_a_des_ex._fin._2006_loa.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/491/lei_no_361-05_fixa_a_des_ex._fin._2006_loa.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARINTINS PARA EXERCÍCIO FINANCEIRO DE 2006.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/490/lei_no_360-05_regulamentacao_da_contrib_de_ilumi_pulb.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/490/lei_no_360-05_regulamentacao_da_contrib_de_ilumi_pulb.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA CONTRIBUIÇÃO DE ILUMINAÇÃO PÚBLICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/489/lei_no_359-05_criacao_do_dmtt.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/489/lei_no_359-05_criacao_do_dmtt.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DMTT -DEPARTAMENTO MUNICIPAL DE TRÂNSITO E TRANSPORTE DO MUNICÍPIO DE PARINTINS/AM, BEM COMO A MUNICIPALIZAÇÃO DO TRÂNSITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/488/lei_no_358-05_credito_sup_de_70.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/488/lei_no_358-05_credito_sup_de_70.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS INCISOS I E III DO ART. 4º DA LEI Nº 017 DE 11 DE JANEIRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/487/lei_no_357-05_ppa_2006-2009.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/487/lei_no_357-05_ppa_2006-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL (PPA) DE 2006/2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/486/lei_no_356-05_estabelec_meios_de_defesa_atendimento_bancario.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/486/lei_no_356-05_estabelec_meios_de_defesa_atendimento_bancario.pdf</t>
   </si>
   <si>
     <t>ESTABELECE MEIOS DE DEFESA PARA AS GARANTIAS INDIVIDUAIS NA PRESTAÇÃO DE SERVIÇO DE ATENDIMENTO AO PÚBLICO NO MUNICÍPIO PELAS AGÊNCIAS BANCÁRIAS E SERVIÇOS AFINS COM VISTAS A EVITAR O CONSTRANGIMENTO PESSOAL PROVOCADO PELO TEMPO DE ESPERA EM FILAS E FALTA DE INSTALAÇÕES FÍSICAS ADEQUADAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/485/lei_no_355-05_autoriza_a_desapropriacao_localizado_na_rua_co.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/485/lei_no_355-05_autoriza_a_desapropriacao_localizado_na_rua_co.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NESTE MUNICÍPIO NA RUA CORRÊA NETO, SETOR 004, BAIRRO PAULO CORRÊA, QUE SERVIRÁ _x000D_
 DE BASE PARA A 13ª EQUIPE DO PROGRAMA DE SAÚDE DA FAMÍLIA – PSF PELO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/484/lei_no_354-05_declara_de_utilidade_pulb_a_coop_mista_dos_art.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/484/lei_no_354-05_declara_de_utilidade_pulb_a_coop_mista_dos_art.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A COOPERATIVA MISTA DOS ARTISTAS DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/483/lei_no_353-05_autorizacao_consorcio_intermunicipal.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/483/lei_no_353-05_autorizacao_consorcio_intermunicipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DO PODER EXECUTIVO A INTEGRAR O CONSÓRCIO INTERMUNICIPAL DOS MUNICÍPIOS SOB INFLUÊNCIA DIRETA E _x000D_
 INDIRETA DO ASFALTAMENTO DA BR – 163 RODOVIA FEDERAL CUIABA - SANTAREME DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/1021/lei_n_018352_2005_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/1021/lei_n_018352_2005_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CÓDIGO DE ÉTICA PROFISSIONAL DO SERVIDOR PÚBLICO CIVIL DO PODER EXECUTIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/482/lei_no_351-05_bolsa_superior_compilada.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/482/lei_no_351-05_bolsa_superior_compilada.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS A CRIAR O PROGRAMA BOLSA SUPERIOR, QUE VAI CUSTEAR ESTUDOS DE NÍVEL SUPERIOR EM UNIVERSIDADES _x000D_
 PARTICULARES E PÚBLICAS, DE ALUNOS ORIUNDOS DE FAMÍLIAS CARENTES RESIDENTES NO MUNICÍPIO DE PARINTINSE DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/481/lei_no_350-05_declara_de_utilidade_pulb_assoc_de_apoio_ao_de.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/481/lei_no_350-05_declara_de_utilidade_pulb_assoc_de_apoio_ao_de.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE APOIO AO DEFICIENTE DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/480/lei_no_349-05_dispoe_sobre_a_politica_municipal_do_idoso.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/480/lei_no_349-05_dispoe_sobre_a_politica_municipal_do_idoso.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DO IDOSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/479/lei_no_348-05_serv_de_inspecao_municipal_-_sim.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/479/lei_no_348-05_serv_de_inspecao_municipal_-_sim.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSPEÇÃO INDUSTRIAL E SANITÁRIA DE PRODUTOS DE ORIGEM ANIMAL NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/478/lei_no_347-05_defesa_civil.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/478/lei_no_347-05_defesa_civil.pdf</t>
   </si>
   <si>
     <t>CRIA A COORDENADORIA MUNICIPAL DE DEFESA CIVIL (COMDEC) DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/477/lei_no_346-05_municipal_fixa_pequeno_valor_precatorio.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/477/lei_no_346-05_municipal_fixa_pequeno_valor_precatorio.pdf</t>
   </si>
   <si>
     <t>DEFINE A QUANTIA CONSIDERADA DE PEQUENO VALOR PARA OS EFEITOS DO DISPOSTO NO § 3° DO ARTIGO 100 DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/476/lei_no_345-05_cria_cargos_em_comissao_e_funcoes_fixa_vencim.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/476/lei_no_345-05_cria_cargos_em_comissao_e_funcoes_fixa_vencim.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS EM COMISSÃO E FUNÇÕES, FIXA VENCIMENTOS NA ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/475/lei_no_344-05_declara_de_utilidade_pulb_o_clube_da_melhor_id.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/475/lei_no_344-05_declara_de_utilidade_pulb_o_clube_da_melhor_id.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O CLUBE DA MELHOR IDADE “RENASCER” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/474/lei_no_343-05_autoriza_o_municipio_a_cobrar_multa_por_coloca.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/474/lei_no_343-05_autoriza_o_municipio_a_cobrar_multa_por_coloca.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS A COBRAR MULTA POR COLOCAÇÃO DE LIXO NÃO DOMICILIAR EM VIA PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/473/lei_no_342-05_criacao_do_cons_mun_da_condicao_feminina.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/473/lei_no_342-05_criacao_do_cons_mun_da_condicao_feminina.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DA CONDIÇÃO FEMININA DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/472/lei_no_341-05_desapropriacao_f_e_prado__cia_ltda.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/472/lei_no_341-05_desapropriacao_f_e_prado__cia_ltda.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO, DO IMÓVEL LOCALIZADO NESTE MUNICÍPIO NA RUA MAUÉS, SETOR 3, BAIRRO SÃO VICENTE DE PAULA, NECESSÁRIO PARA A CONSTRUÇÃO DE UM COMPLEXO POLIESPORTIVO PELO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/1020/lei_no_340_2005_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/1020/lei_no_340_2005_pgmp.pdf</t>
   </si>
   <si>
     <t>Dá nova redação aos incisos I e III do art. 4º da Lei nº 12, de 15 de dezembro de 2004.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/471/lei_no_339-05_autoriza_reformas_administrativas.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/471/lei_no_339-05_autoriza_reformas_administrativas.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ADMINISTRAÇÃO MUNICIPAL NOS TERMOS DO ART. 37 DA CONSTITUIÇÃO FEDERAL E ART. 82 DA LEI ORGÂNICA DO MUNICÍPIO DE PARINTINS, PARA PROMOVER AS REFORMAS ADMINISTRATIVAS REFERENTES AO SERVIÇO PÚBLICO MUNICIPAL, A ESTRUTURAÇÃO DE SEUS ÓRGÃOS, CARGOS E SALÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/470/lei_no_338-05_institui_o_feriado_de_segunda_apos_o_festival.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/470/lei_no_338-05_institui_o_feriado_de_segunda_apos_o_festival.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FERIADO MUNICIPAL DE SEGUNDA-FEIRA, APÓS O TRÍDUO DO FESTIVAL FOLCLÓRICO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/469/lei_no_337-05_autoriza_celebrar_convenios_acordos_etc.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/469/lei_no_337-05_autoriza_celebrar_convenios_acordos_etc.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 2º DA LEI MUNICIPAL N. 152/96 – PGMP, QUE OFICIALIZA O FESTIVAL FOLCLÓRICO DE PARINTINS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/467/lei_no_335-05_cria_cons_mun_de_entorpecentes.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/467/lei_no_335-05_cria_cons_mun_de_entorpecentes.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE ENTORPECENTES, ÓRGÃO DE ORIENTAÇÃO NORMATIVA E DE FISCALIZAÇÃO GERAL DOS PROGRAMAS DE PREVENÇÃO, ORIENTAÇÃO, RECUPERAÇÃO E REINSERÇÃO SOCIAL DE DEPENDENTES DE ENTORPECENTES E DISPÕE NO ÂMBITO DO MUNICÍPIO, DE DIRETRIZES DA POLÍTICA DE PRESERVAÇÃO AO USO INDEVIDO DE DROGAS, E DE SUBSTÂNCIAS QUE CAUSAM DEPENDÊNCIA FÍSICA E/OU PSÍQUICA.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/964/lei_n_011334_2004_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/964/lei_n_011334_2004_pgmp.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 32/2001 - Código Tributário do Município, instituindo alíquota única de 3% (trás por cento) para o Imposto Sobre Serviços de Qualquer Natureza -ISSQN.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/963/lei_n_010333_2004_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/963/lei_n_010333_2004_pgmp.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a FUNDAÇÃO EVANGELI NUNTIANDI, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/962/lei_n_009332_2004_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/962/lei_n_009332_2004_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/961/lei_n_008331_2004_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/961/lei_n_008331_2004_aepmp.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO, VICE-PREFEITO E DOS SECRETÁRIOS DO MUNICÍPIO DE PARINTINS, PARA A LEGISLATURA 2005/2008, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/960/lei_n_007330_2004_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/960/lei_n_007330_2004_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE BEM PÚBLICO MUNICIPAL A DIOCESE DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/959/lei_n_006329_2004_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/959/lei_n_006329_2004_aepmp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a meia-entrada aos estudantes, professores e funcionários da Educação nos eventos desportivos, culturais, artísticos, cinematográficos, e similares, inclusive circenses, parques de diversões, bem como seminários, simpósios, palestras e similares, meia-passagem em todo o tipo de transportes de passageiros e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/958/lei_n_005328_2004_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/958/lei_n_005328_2004_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR A PARINTINS - COMÉRCIO E REPRESENTAÇÃO LTDA, 01 (HUM) TERRENO, DESTINADO A_x000D_
 CONSTRUÇÃO DE UMA INDÚSTRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/957/lei_n_004327_2004_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/957/lei_n_004327_2004_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA NA FORMA DA LEI A IMPLANTAÇÃO DO LOTEAMENTO URBANO DENOMINADO DE "LOTEAMENTO BAIRRO TEIXEIRÃO" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/956/lei_n_003326_2004_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/956/lei_n_003326_2004_aepmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO MUNICIPAL COMUNITÁRIA E DA CULTURA EVANGÉLICA DE PARINTINS-AM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/955/lei_n_002325_2004_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/955/lei_n_002325_2004_aepmp.pdf</t>
   </si>
   <si>
     <t>ACRESCENTE-SE AO ARTIGO 1° DA LEI N° 020/2001 - CPM, AS FESTIVIDADES EM HONRA AO GLORIOSO SÃO BENEDITO, PADROEIRO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/954/lei_n_001324_2004_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/954/lei_n_001324_2004_aepmp.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO OFICIAL DE "LUIZ PEREIRA DE SOUZA" (DENIZAL PEREIRA) AO POSTO DE SAÚDE DA AGROVILA DO CABURY E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/953/lei_n_019323_2003_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/953/lei_n_019323_2003_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DA GRATIFICAÇÃO AOS SECRETÁRIOS MUNICIPAIS, SUB SECRETÁRIOS, PREFEITO E VICE-PREFEITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/952/lei_n_018322_2003_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/952/lei_n_018322_2003_aepmp.pdf</t>
   </si>
   <si>
     <t>TRANSFORMA A TAXA DE ILUMINAÇÃO PÚBLICA EM CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA - COSIP, COM BASE NO ARTIGO149-A, DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/951/lei_n_016321_2003_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/951/lei_n_016321_2003_aepmp.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DE 2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/950/lei_n_015320_2003_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/950/lei_n_015320_2003_aepmp.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ARTIGO 4°, INCISO I, DA LEI N° 020 DE 23/12/2002 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/949/lei_n_014319_2003_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/949/lei_n_014319_2003_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/948/lei_n_013318_2003_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/948/lei_n_013318_2003_aepmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA, O CONSELHO DOS ASSENTADOS DA GLEBA VILA AMAZÔNIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/947/lei_n_012317_2003_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/947/lei_n_012317_2003_aepmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES DO BAIRRO PAULO CORRÊA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/946/lei_n_011316_2003_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/946/lei_n_011316_2003_aepmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES DO BAIRRO DO ITAÚNA II - AMBI II E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/945/lei_n_010315_2003_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/945/lei_n_010315_2003_aepmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO CULTURAL DAS PASTORINHAS - ACPP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/944/lei_n_009314_2003_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/944/lei_n_009314_2003_aepmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS MORADORES DE SANTA MARIA DE VILA AMAZÔNIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/943/lei_n_008313_2003_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/943/lei_n_008313_2003_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS ATRIBUIÇÕES DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/942/lei_n_007312_2003_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/942/lei_n_007312_2003_aepmp.pdf</t>
   </si>
   <si>
     <t>DEFINE AS ATRIBUIÇÕES DA SECRETARIA MUNICIPAL DE FINANÇAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/941/lei_n_006311_2003_aepmp_publicada_sem_assinatura.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/941/lei_n_006311_2003_aepmp_publicada_sem_assinatura.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUMENTO DA TABELA DE PREÇOS DE CORRIDAS DE TAXI NO TRANSPORTE PÚBLICO DE PASSAGEIROS EM ÁREA URBANA E RURAL, NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/940/lei_n_005310_2003_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/940/lei_n_005310_2003_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA NA FORMA DA LEI A IMPLANTAÇÃO DO LOTEAMENTO URBANO DENOMINADO "LOTEAMENTO PASCHOAL ALÁGGIO" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/932/lei_n_004309_2003_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/932/lei_n_004309_2003_aepmp.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO DE RODOVIA GOVERNADOR EDUARDO BRAGA A ANTIGA ESTRADA DO CONTORNO E DÁ OUTRAS PROVDÉNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/928/lei_n_003308_2003_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/928/lei_n_003308_2003_aepmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A MEDALHA DO MÉRITO PARINTINTIN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/924/lei_n_002307_2003_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/924/lei_n_002307_2003_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO DE PARINTINS AO DR. CARLOS EDUARDO DE SOUZA BRAGA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/922/lei_n_001306_2003_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/922/lei_n_001306_2003_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EM FORMA DE CESSÃO DE USO SEM ONUS. NOS TERMOS DO ART. 104, § 1°, CULMINADO COM O ART.107 DA LEI ORGÃNICA, UMA ÁREA NO PASSEIO PÚBLICO DA AV. AMAZONAS PARA A INSTALAÇÃO DO SERVIÇO PÚBLICO DE AUTO-ATENDIMENTO DO BANCO DO BRASIL, MEDIANTE TERMINAL BANCÁRIO COMPUTADORIZADO INSTALADO EM QUIOSQUE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/939/lei_n_022305_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/939/lei_n_022305_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PRESIDENTE DA CÂMARA E DOS VEREADORES DO MUNICÍPIO DE PARINTINS PARA O BIÊNIO 2003/2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/938/lei_n_021304_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/938/lei_n_021304_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS DO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/937/lei_n_020303_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/937/lei_n_020303_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DE 2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/936/lei_n_019302_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/936/lei_n_019302_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIOS ADMINISTRATIVOS, ACORDOS, CONSÓRCIOS E CONGÊNERES COM OS ÓRGÃOS DA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DO PODER EXECUTIVO ESTADUAL E DA ADMINISTRAÇÃO PÚBLICA FEDERAL DIRETA E INDIRETA E ENTIDADES ASSISTÊNCIAS CULTURAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/935/lei_n_018301_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/935/lei_n_018301_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA ESTRUTURA FUNCIONAL DO CONSELHO MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/934/lei_n_017300_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/934/lei_n_017300_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SISTEMA MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/933/lei_n_015299_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/933/lei_n_015299_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>EXTINGUE O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/931/lei_n_013297_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/931/lei_n_013297_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>CRIA SETORES NA ESTRUTURA DA SECRETARIA MUNICIPAL DE FINANÇAS DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/930/lei_n_012296_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/930/lei_n_012296_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/929/lei_n_011295_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/929/lei_n_011295_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DA EMPRESA MUNICIPAL DE TRÂNSITO E TRANSPORTES E.M.T.T. SOBRE A ESTRUTURAÇÃO DO ÓRGÃO EXECUTIVO DE TRÂNSITO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS",</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/927/lei_n_010294_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/927/lei_n_010294_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>Autoriza a desapropriação pelo Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/926/lei_n_009293_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/926/lei_n_009293_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial no valor de R$ 1.406.623,00 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/925/lei_n_008292_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/925/lei_n_008292_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DE 2002, ATÉ O LIMITE DE R$ 4.426.555,70 PARA EXECUÇÃO DE SISTEMA DE ESGOTAMENTO SANITÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/923/lei_n_007291_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/923/lei_n_007291_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DE 2002, ATÉ O LIMITE DE R$400.000,00, PARA INDENIZAÇÃO DAS TERRAS DA FAZENDA ITAÚNA ONDE ESTÃO LOCALIZADOS OS BAIRROS DE ITAÚNA II E PAULO CORRÊA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/921/lei_n_006290_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/921/lei_n_006290_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA o Poder Executivo Municipal a celebrar Convênio de cooperação técnico-financeira com a Diocese do Município de Parintins, objetivando o atendimento de programa na área de assistência social.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/917/lei_n_004288_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/917/lei_n_004288_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização e atribuições do Conselho Municipal de Saúde - CMS; e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/920/lei_n_005289_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/920/lei_n_005289_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do inciso I, do artigo 4º, da Lei nº 033, de 22 de dezembro de 2001, alterando e modificando parágrafos.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/915/lei_n_003287_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/915/lei_n_003287_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O NOVO PLANO DE CARREIRA, CARGOS E SALÁRIOS DOS PROFISSIONAIS DA EDUCAÇÃO DA PREFEITURA MUNICIPAL DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/914/lei_n_002286_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/914/lei_n_002286_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N° 025/GPMP DE 25 DE DEZEMBRO DE 2001 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/913/lei_n_001285_2002_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/913/lei_n_001285_2002_aepmp.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública o Instituto de Desenvolvimento de Atividades de Auto-Sustentação das Populações Indígenas - INDASPI, e dá outras providências.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/908/lei_n_034284_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/908/lei_n_034284_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Pagamento de Débitos Fiscais e Estabelece Normas para sua Cobrança Extrajudicial, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/907/lei_n_031281_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/907/lei_n_031281_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do artigo 6° da Lei n° 027. de 21 de dezembro de 2000, alterado pela Lei n° 016, de 24 de julho de 2001 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/903/lei_n_030280_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/903/lei_n_030280_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública o Centro Evangélico de Assistência Social de Parintins - CEASP e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/902/lei_n_029279_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/902/lei_n_029279_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>ALTERA a alíquota do imposto sobre serviço de qualquer natureza - ISS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/900/lei_n_028278_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/900/lei_n_028278_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>ADOTA para fins de reajuste do pagamento do IPTU - Imposto Territorial e Predial Urbano e TLLF - Taxa de Licença para Localização e Funcionamento o Índice de Preços ao Consumidor Ampliado - IPCA.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/898/lei_n_027277_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/898/lei_n_027277_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A COOPERATIVA DOS TRABALHADORES DA CONSTRUÇÃO CIVIL DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/896/lei_n_026276_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/896/lei_n_026276_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA o Chefe do Poder Executivo Municipal a celebrar convênios administrativos; acordos, consórcios e congêneres com os órgãos da Administração Pública direta e indireta do Poder Executivo Estadual e da Administração Pública Federal direta e indireta e entidades assistências culturais, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/892/lei_n_025275_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/892/lei_n_025275_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARREIRAS, CARGOS E VENCIMENTOS DOS SERVIDORES PÚBLICOS CIVIS DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/891/lei_n_024274_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/891/lei_n_024274_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO PARA O PERÍODO DE 2002 A 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/890/lei_n_023273_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/890/lei_n_023273_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2002, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/887/lei_n_022272_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/887/lei_n_022272_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/886/lei_n_021271_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/886/lei_n_021271_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/885/lei_n_020270_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/885/lei_n_020270_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE PARINTINS" NA ÁREA DA CULTURA E DO TURISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/884/lei_n_019269_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/884/lei_n_019269_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Cultural e Artística de Radiodifusão Comunitária e Televisão Novo Tempo, e dá outras providências.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/883/lei_n_018268_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/883/lei_n_018268_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE GARANTIA DE RENDA MÍNIMA ASSOCIADA A AÇÕES SÓCIO-EDUCATIVAS, E DETERMINA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/882/lei_n_017267_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/882/lei_n_017267_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de pessoal por tempo determinado para atender a necessidade temporária de excepcional interesse púbico, sob regime de_x000D_
 Direito Administrativo, nos termos do artigo 37, IX, da Constituição Federal, artigo 108, § 1.°, da Constituição Estadual, artigo 82, IX da Lei Orgânica do Município e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/881/lei_n_016266_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/881/lei_n_016266_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 6° DA LEI N° 027 DE 21 DE DEZEMBRO DE 2000 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/880/lei_n_015265_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/880/lei_n_015265_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização do Sistema Municipal de Defesa do Consumidor -SMDC, institui a Coordenadoria Municipal de Defesa do Consumidor PROCON - a Comissão Municipal Permanente de Normatização - CMPN - Fundo Municipal de Defesa do Consumidor - CONDECON e institui o Fundo Municipal de Defesa dos Direitos Difusos -F.M.D.D. e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/879/lei_n_014264_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/879/lei_n_014264_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAPROPRIAÇÃO PELO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/877/lei_n_013263_2001_aepmp.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/873/lei_n_011261_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/877/lei_n_013263_2001_aepmp.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/873/lei_n_011261_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Popular São Sebastião dos Feirantes do Bairro Itaúna, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/870/lei_n_010260_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/870/lei_n_010260_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação dos Vendedores de Pescado, Armadores de Pesca e Pescadores Profissionais de Parintins/AM, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/868/lei_n_009259_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/868/lei_n_009259_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>Cria na estrutura orgânica do Poder Executivo, as Secretarias Municipais do Meio Ambiente e de Cultura e Turismo e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/866/lei_n_008258_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/866/lei_n_008258_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE TURISMO - COMTUR, O FUNDO DE DESENVOLVIMENTO DO TURISMO - FUNDETUR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/875/lei_n_012262_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/875/lei_n_012262_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/1080/lei_no_256_2001_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/1080/lei_no_256_2001_pgmp.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI Nº 011/99 SOBRE O CONSELHO MUNICIPAL DE ALIMENTAÇÃO ESCOLAR DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/865/lei_n_005255_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/865/lei_n_005255_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação dos Trabalhadores da Industria Naval de Parintins e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/864/lei_n_004254_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/864/lei_n_004254_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>CRIA a estrutura administrativa do Poder Executivo Municipal de Parintins, a OUVIDORIA PÚBLICA MUNICIPAL e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/863/lei_n_003253_2001_aepmp.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/862/lei_n_002252_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/863/lei_n_003253_2001_aepmp.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/862/lei_n_002252_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>CRIA NA ESTRUTURA ORGANIZACIONAL DO PODER EXECUTIVO, O CARGO DE SECRETÁRIO SEM PASTA PARA ASSUNTOS EXTRAORDINÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/860/lei_n_001251_2001_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/860/lei_n_001251_2001_aepmp.pdf</t>
   </si>
   <si>
     <t>APROVA A INDICAÇÃO DOS NOMES DO DR. ROOSEVELT BRAGA DOS SANTOS E GELSON GOMES DE MELO AZÊDO, NOS CARGOS COMO PROCURADOR GERAL DO MUNICÍPIO DE PARINTINS E DIRETOR DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO - SAAE RESPECTIVAMENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/919/lei_n_030248_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/919/lei_n_030248_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO LEGISLATIVA PARA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/918/lei_n_031249_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/918/lei_n_031249_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÁO LEGISLATIVA PARA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/916/lei_n_030248_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/916/lei_n_030248_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE PARA O EXERCÍCIO FISCAL DE 2001 DO IMPOSTO TERRITORIAL URBANO — IPTU, IMPOSTO SOBRE TRANSMISSÃO DE BENS IMÓVEIS — ITBI, IMPOSTO SOBRE SERVIÇOS DE QUAISQUER NATUREZA — ISS, TAXAS, ALVARÁS E CONTRIBUIÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/912/lei_n_029247_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/912/lei_n_029247_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE PASSAGENS E DIÁRIAS AOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/911/lei_n_028246_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/911/lei_n_028246_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO. 4° DA LEI N° 026/99 —PGPMP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/910/lei_n_027245_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/910/lei_n_027245_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARINTINS, SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO E EMPRESA DE DESENVOLVIMENTO DE PARINTINS PARA O EXERCÍCIO FINANCEIRO DE 2001 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/909/lei_n_026244_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/909/lei_n_026244_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2001, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/906/lei_n_025243_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/906/lei_n_025243_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA, A ASSOCIAÇÃO DE MULHERES DE PARINTINS E DÁ OUTRAS PROVIDËNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/905/lei_n_024242_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/905/lei_n_024242_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA, A ASSOCIAÇÃO DOS MORADORES E AMIGOS DE SÃO PEDRO -COMUNIDADE DO PARANANEMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/904/lei_n_023241_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/904/lei_n_023241_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>CRIA NA ESTRUTURA DA SECRETARIA MUNICIPAL DE SAÚDE; O CENTRO DE ATENDIMENTO À MULHER (C.A.M.) E DÁ OUTRAS PROVIDÉNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/901/lei_n_022240_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/901/lei_n_022240_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO, VICE_x0002_PREFEITO E DOS SECRETÁRIOS MUNICIPAIS, NO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/899/lei_n_021239_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/899/lei_n_021239_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PRESIDENTE DA CÂMARA E DOS VEREADORES NO MUNICÍPIO DE PARINTINS PARA A LEGISLATURA 2001/2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/897/lei_n_020238_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/897/lei_n_020238_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO LEGISLATIVA PARA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÉNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/895/lei_n_019237_2000_aepmp.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/894/lei_n_017235_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/895/lei_n_019237_2000_aepmp.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/894/lei_n_017235_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS A FIRMAR CONTRATOS, CONVÊNIOS E OUTROS AJUSTES COM O GOVERNO FEDERAL, ESTADUAL, MINISTÉRIOS, SECRETARIAS DE ESTADO, AUTARQUIAS PÚBLICAS FEDERAIS, ESTADUAIS E DA ADMINISTRAÇÃO DIRETA, INDIRETA E FUNDACIONAL E DÁ OUTRAS PROVIDÉNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/893/lei_n_016234_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/893/lei_n_016234_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÉNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/889/lei_n_015233_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/889/lei_n_015233_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA, A UNIÃO DOS MICRO EMPRESÁRIOS DE PARINTINS - UNIPAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/888/lei_n_014232_2000_aepmp.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/876/lei_n_012230_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/888/lei_n_014232_2000_aepmp.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/878/lei_n_013231_2000_aepmp.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/876/lei_n_012230_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROJETO DE ASSISTÊNCIA MÉDICA AO INDÍGENA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/874/lei_n_011229_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/874/lei_n_011229_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA COORDENADORIA DE VIGILÂNCIA EPIDEMIOLÓGICA E CONTROLE DE ENDEMIAS NA SECRETARIA DE SAÚDE DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDËNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/872/lei_n_010228_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/872/lei_n_010228_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO LEGISLATNA PARA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/871/lei_n_009227_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/871/lei_n_009227_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXEGUTNO A FAZER DOAÇÃO À ASSOCIAÇÃO NIPO-BRASILEIRA DE PARINTINS 01 (UM) LOTE DE TERRA DESTINADO A CONSTRUÇÃO DE SEDE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/869/lei_n_008226_2000_aepmp.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/867/lei_n_007225_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/869/lei_n_008226_2000_aepmp.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/867/lei_n_007225_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL — CMDRS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/861/lei_n_006224_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/861/lei_n_006224_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS A CONCEDER AUTORIZAÇÃO À FIRMA CASTELO REPRESENTAÇÕES A EFETUAR IDENTIFICAÇÃO DAS RUAS DA CIDADE DE PARINTINS, ATRAVÉS DE MARCOS LUMINOSOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/859/lei_n_005223_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/859/lei_n_005223_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS ARTISTAS PLÁSTIGOS DE PARINTINS E DÁ OUTRAS _x000D_
 PROVIDÊNGIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/853/lei_n_004222_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/853/lei_n_004222_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO OFICIAL DE "DOMETILA PRESTES" AO BECO O COGNOMINADO DE BECO DO SAAE, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/850/lei_n_003221_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/850/lei_n_003221_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 MUNICÍPIO DE PARINTINS A FIRMAR CONTRATO DE CONCESSÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/847/lei_n_002220_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/847/lei_n_002220_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO A FAZER DOAÇÃO AO GRANDE ORIENTE DO ESTADO DO AMAZONAS - GOEAM/LOJA AURORA DO AMAZONAS N° 2445, 01 (UM) LOTE DE TERRA, DESTINADO À CONSTRUÇÃO DE UM TEMPLO MAÇÔNICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/842/lei_n_001219_2000_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/842/lei_n_001219_2000_aepmp.pdf</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/858/lei_n_027218_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/858/lei_n_027218_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PLANO DE CARREIRAS, CARGOS E VENCIMENTOS DOS SERVIDORES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E DESPORTO - SEMED E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/857/lei_n_026217_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/857/lei_n_026217_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DA PREFEITURA MUNICIPAL DE PARINTINS, CÂMARA MUNICIPAL, SERVIÇO AUTÔNOMO DE ÁGUAS E ESGOTOS PARINTINS, PARA O EXERCÍCIO DE 2000, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/856/lei_n_025216_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/856/lei_n_025216_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS A FIRMAR CONVÊNIOS, CONTRATOS E OUTROS AJUSTES COM O GOVERNO FEDERAL, MINISTÉRIOS, COM O ESTADO DO AMAZONAS, SECRETARIAS DE ESTADO, AUTARQUIAS FEDERAIS, ESTADUAIS E DA ADMINISTRAÇÃO DIRETA, INDIRETA E FUNDACIONAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/855/lei_n_024215_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/855/lei_n_024215_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/854/lei_n_023214_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/854/lei_n_023214_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FAZER DOAÇÃO AO CORPO DE BOMBEIROS MILITAR, 01 (UM) LOTE DE TERRA DESTINADO À CONSTRUÇÃO DO GRUPAMENTO DE INCÊNDIO DE PARINTINS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/852/lei_n_022213_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/852/lei_n_022213_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>APROVA O LOTEAMENTO "VAL PARAÍSO II" DE PROPRIEDADE DO SR. RAIMUNDO OSMAR SIMAS NOVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/851/lei_n_021212_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/851/lei_n_021212_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>APROVA O LOTEAMENTO "VAL PARAÍSO I" DE PROPRIEDADE DO SR. RAIMUNDO OSMAR SIMAS NOVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/849/lei_n_020211_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/849/lei_n_020211_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O FUNCIONAMENTO DOS MERCADOS, FEIRAS FIXAS E VOLANTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/848/lei_n_019210_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/848/lei_n_019210_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR POR MAIS DOIS ANOS A DOAÇÃO CONTIDA NO TÍTULO DEFINITIVO N° 5.186 DE 09 DE JUNHO DE 1995 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/846/lei_n_018209_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/846/lei_n_018209_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR POR MAIS DOIS ANOS, A DOAÇÃO CONTIDA NO TÍTULO DEFINITNO N° 5.047 DE 08 DE JULHO DE 1994 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/844/lei_n_017208_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/844/lei_n_017208_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FAZER DOAÇÃO À FUNDAÇÃO JOSÉ FURTADO BELÉM 01(UM) LOTE DE TERRAS, DESTINADO À CONSTRUÇÃO DE UMA ESCOLA PROFISSIONALIZANTE DE ARTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/843/lei_n_016207_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/843/lei_n_016207_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DESAPROPRIAR UM LOTE DE TERRA PARA A IMPLANTAÇÃO DO ATERRO SANITÁRIO CONTROLADO(LIXEIRA PÚBLICA) DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/841/lei_n_015206_1999_pgpmp.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/839/lei_n_013204_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/841/lei_n_015206_1999_pgpmp.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/840/lei_n_014205_1999_pgpmp.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/839/lei_n_013204_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA GARANTIA DE RENDA MÍNIMA DESTINADO ÀS FAMÍLIAS CARENTES DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/838/lei_n_012203_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/838/lei_n_012203_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO NIPO -BRASILEIRA DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/837/lei_n_011202_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/837/lei_n_011202_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ALIMENTAÇÃO ESCOLAR DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/835/lei_n_010201_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/835/lei_n_010201_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DO ENSINO DO MAGISTÉRIO.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/834/lei_n_009200_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/834/lei_n_009200_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FAZER DOAÇÃO AO PODER JUDICIÁRIO TRIBUNAL DE JUSTIÇA DO AMAZONAS, 01(UM) LOTE DE TERRA PARA A CONSTRUÇÃO DO FÓRUM DE JUSTIÇA.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/833/lei_n_008199_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/833/lei_n_008199_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A REQUERER, JUNTO AO MINISTÉRIO DO EXÉRCITO, A CRIAÇÃO DO TIRO DE GUERRA NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/832/lei_n_006197_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/832/lei_n_006197_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO OFICIAL À PRAÇA LOCALIZADA NA AVENIDA TEREZA B. RIBEIRO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/831/lei_n_005196_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/831/lei_n_005196_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A FUNDAÇÃO "JOSÉ FURTADO BELÉM" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/829/lei_n_004195_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/829/lei_n_004195_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA COORDENADORIA DE VIGILÂNCIA SANITÁRIA NA SECRETARIA MUNICIPAL DE SAÚDE DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/827/lei_n_003194_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/827/lei_n_003194_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR AO SENAC, 01(UM) TERRENO, DESTINADO À CONSTRUÇÃO DE UM CENTRO PROFISSIONALIZANTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/824/lei_n_002193_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/824/lei_n_002193_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR AO SESC, 01(UM) TERRENO, DESTINADO À CONSTRUÇÃO DE UM CENTRO PROFISSIONALIZANTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/823/lei_n_001192_1999_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/823/lei_n_001192_1999_pgpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE ANISTIA DO IPTU, EXERCÍCIO TRIBUTÁRIO 1997 E 1998 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/830/lei_n_009191_1998_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/830/lei_n_009191_1998_aepmp.pdf</t>
   </si>
   <si>
     <t>Aprova a indicação do nome do Procurador Geral do Município de Parintins, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/828/lei_n_008190_1998_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/828/lei_n_008190_1998_aepmp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos subsídios dos Vereadores para atual legislatura, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/826/lei_n_007189_1998_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/826/lei_n_007189_1998_aepmp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação para a atual legislatura, do subsídio do Prefeito, Vice-Prefeito, Secretários e do Procurador Geral do Município, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/825/lei_n_006188_1998_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/825/lei_n_006188_1998_aepmp.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Parintins a firmar Convênios, Contratos e outros ajustes com os Ministérios, com o Estado do Amazonas, Secretarias de Estado, Autarquias Federais, Estaduais da Administração Direta, Indireta e Fundacional, bem como, abrir créditos adicionais, ou especiais e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/822/lei_n_005187_1998_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/822/lei_n_005187_1998_aepmp.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesas do Município de Parintins, para o exercício financeiro de 1999, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/821/lei_n_004186_1998_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/821/lei_n_004186_1998_aepmp.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Artigo IV da Lei Municipal n" 02/98 de 25 de maio de 1998, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/820/lei_n_003185_1998_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/820/lei_n_003185_1998_aepmp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício de 1999, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/819/lei_n_002184_1998_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/819/lei_n_002184_1998_aepmp.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Parintins, para o exercício financeiro de 1998, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/818/lei_n_001183_1998_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/818/lei_n_001183_1998_aepmp.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de prédio pertencente ao Patrimônio Público Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/817/lei_n_004182_1997.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/817/lei_n_004182_1997.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DEPARTAMENTO MUNICIPAL DE ATENDIMENTO À MULHER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/816/lei_n_003181_1997.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/816/lei_n_003181_1997.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA O CENTRO DE PROTEÇÃO A CRIANÇA E ADOLESCENTES DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/814/lei_n_001179_1997.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/814/lei_n_001179_1997.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO PARINTINENSE AO MISSIONÁRIO IRMÃO MIGUEL DE PASCALE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/815/lei_n_002180_1997.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/815/lei_n_002180_1997.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS A FIRMAR CONVÊNIOS, CONTRATOS, E OUTROS AJUSTES COM OS MINISTÉRIOS, COM O ESTADO DO AMAZONAS, SECRETARIAS DE ESTADO, AUTARQUIAS FEDERAIS, ESTADUAIS DA ADMINISTRAÇÃO DIRETA, INDIRETA, E FUNDACIONAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/813/lei_n_001178_1997.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/813/lei_n_001178_1997.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR ACORDO DE PARCELAMENTO/REPARCELAMENTO DE DÍVIDA PARA COM O FUNDO DE GARANTIA DO TEMPO DE SERVIÇO, BEM COMO APURAR SUA ORIGEM.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/523/lei_n_177_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/523/lei_n_177_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER SERVIÇOS E TRANSFERIR PATRIMÔNIO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/522/lei_n_176_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/522/lei_n_176_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER PENSÃO VITALÍCIA AS VIÚVAS DE SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/521/lei_n_175_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/521/lei_n_175_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE APOSENTADORIA AO SERVIDOR MUNICIPAL DR. ALGENOR MARIA DA COSTA TEIXEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARINTINS, SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO E EMDEPAR PARA O EXERCICIO FINANCEIRO DE 1997, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/519/lei_n_173_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/519/lei_n_173_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>DISPONDO SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 1997, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/518/lei_n_172_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/518/lei_n_172_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ART. 62 DA LEI ORÇAMENTÁRIA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/517/lei_n_171_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/517/lei_n_171_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO MUNICIPAL A PROCEDER A BAIXA DE BEM INSERVÍVEL, PERTENCENTE AO PATRIMÓNIO PÚBLICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/497/lei_n_001_1996_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/497/lei_n_001_1996_cmp.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI N°01/93 - CMP (EMENDA À LEI ORGÂNICA DO MUNICIPIO DE PARINTINS) E DAS OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/516/lei_n_170_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/516/lei_n_170_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE PAIS E AMIGOS DO JUDÔ DE PARINTIì'1S - APAJUPIN, E DÁ OUTRAS PROVEDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/515/lei_n_169_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/515/lei_n_169_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>DOA AO INSS - INSTITUTO NACIONAL DE SEGURIDADE SOCIAL ÁREA DO PATRIMÔNIO PÚBLICO E DÁ OU'T'RAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/514/lei_n_168_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/514/lei_n_168_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>CRIA NO ORÇAMENTO GERAL DO MUNICÍPIO DE PARINTINS ,EXERCICIO DE 1996, O PROJETO DE REFORMA E APLIAÇÃO DA CASA DA CULTURA "ALZIRA SAUNIER" , E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/513/lei_n_167_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/513/lei_n_167_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER PENSÃO VITALÍCIA À SRA. TILZA BATALHA DE SOUZA, VIÚVA DO EX-VEREADOR LUIZ PEREIRA _x000D_
 DE SOUZA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/512/lei_n_166_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/512/lei_n_166_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO MUNICIPAL A CONCEDER PENSITO VITALÍCIA À SRA. MARIA GLADIS COSTA DE OLIVEIRA, VIÚVA DO EX-SERVIDOR MÁRIO CARNEIRO DE OLIVEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/511/lei_n_165_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/511/lei_n_165_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA, A SOCIEDADE COLÔNIA AGRÍCOLA "TOLEDO PIZZA" MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/510/lei_n_164_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/510/lei_n_164_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO DE PARINTINS AO POETA E ESCRITOR ANTÔNIO PACÍFICO SIQUEIRA SAUNIER, POPULAR "TONZINHO SAUNIER",E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/509/lei_n_163_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/509/lei_n_163_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>CRIA NO ORÇAMENTO GERAL DO MUNICÍPIO DE 1996, O PROJETO DE RESTAURAÇÃO E AMPLIAÇÃO DA CASA DA CULTURA ALZIRA SAUNIER , E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/508/lei_n_161_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/508/lei_n_161_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONSTRUÇÃO DO MERCADO DO PRODUTOR NA AGROVILA DO CABURI, CRIA 0 PROJETO RESPECTIVO NO ORÇAMENTO GERAL/1996 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/507/lei_n_160_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/507/lei_n_160_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 32 DA LEI Nº 140/95 E DÁ OUTRAS PROVIDLNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/506/lei_n_158_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/506/lei_n_158_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA PARINTINENSE AO POETA E ESCRITOR THIAGO DE MELLO.  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/505/lei_n_157_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/505/lei_n_157_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICIPIO DE PARINTINS A FIRMAR CONVÊNIOS, CONTRATOS E OUTROS AJUSTES COM OS MÌNISTÉRIOS, ESTADO DO AMAZONAS, SECRETARIAS DE ESTADO, AUTARQUIAS FEDERAIS, ESTADUAIS DA ADMINISTRAÇÃO DIRETA OU INDIRETA, BEM COMO ABRIR CRÉDITOS ADICIONAIS, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/504/lei_n_156_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/504/lei_n_156_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE 0 TÍTULO DE CIDADÃO BENEMÉRITO DE PARINTINS, A DOM GINO MALVESTIO, BISPO DIOCESANO DE PARINTINS, E DÁ OUTRAS PROVIDÊN CIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/503/lei_n_155_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/503/lei_n_155_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO BENEFICIENTE DOS NOVOS AGRICULTORES DO RIO JACÚ "UAICURAPÁ" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/502/lei_n_154_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/502/lei_n_154_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA, A LIGA DESPORTIVA INDEPENDENTE DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/501/lei_n_153_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/501/lei_n_153_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PREFEITO MUNICIPAL DE PARINTINS A CONTRATAR EMPRÉSTIMO COM 0 SISTEMA FINANCEIRO NACIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/500/lei_n_152_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/500/lei_n_152_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>OFICIALIZA 0 FESTIVAL FOLCLÓRICO DE PARINTINS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/499/lei_n_151_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/499/lei_n_151_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO MUNICIPAL A CONCEDER PENSÃO VIATLÍCIA Á SENHORA NAIR GLÓRIA MARTINS,VIÚVA DO EX-SERVIDOR MANUEL RODRIGUES MARTINS, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/498/lei_n_150_1996_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/498/lei_n_150_1996_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER PENSÃO VITALÍCIA À SENHORA MARIA SALOMÉ GOMES MARIALVA, MÃE DO EX-SERVIDOR ROBERVAL GOMES MARIALVA, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/537/lei_n_149_1995_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/537/lei_n_149_1995_pgmp.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARINTINS E SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO PARA 0 EXERCÍCIO FINANCEIRO DE 1996, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/536/lei_n_148_1995_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/536/lei_n_148_1995_pgmp.pdf</t>
   </si>
   <si>
     <t>CRIA 0 CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/535/lei_n_147_1995_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/535/lei_n_147_1995_pgmp.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE ASSISTNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/534/lei_n_146_1995_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/534/lei_n_146_1995_pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 6 DA LEI MUNICIPAL N°138/94, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/533/lei_n_145_1995_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/533/lei_n_145_1995_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 EXECUTIVO A DOAR ÁREA DO PATRIMÔNIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/532/lei_n_144_1995_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/532/lei_n_144_1995_pgmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO D05 PROFESSORES DE EDUCAÇÃO FÍSICA - PARINTINS-AM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/531/lei_n_143_1995_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/531/lei_n_143_1995_pgmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PRESTANISTAS DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/530/lei_n_142_1995_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/530/lei_n_142_1995_pgpmp.pdf</t>
   </si>
   <si>
     <t>DESAPROPRIA POR INTERESSE SOCIAL ÁREA W PERTENCENTE AS SR. PAITLO CORRÊA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/529/lei_n_141_1995_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/529/lei_n_141_1995_pgmp.pdf</t>
   </si>
   <si>
     <t>ESTABELECE OBRIGATORIEDADE AO EXECUTIVO MUNICIPAL, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/528/lei_n_140_1995_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/528/lei_n_140_1995_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DOAR ÁREA PÚBLICA NO DISTRITO AGRO -INDUSTRIAL DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/527/lei_n_139_1995_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/527/lei_n_139_1995_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS A FIRMAR CONVÊNIOS, CONTRATOS E OUTROS AJUSTES COM OS MINISTÉRIOS, ESTADO DO AMAZONAS, SECRETARIAS DE ESTADO, AUTARQUIAS FEDERAÍS, ESTADUAIS DA ADMINISTRAÇÃO DIRETA OU INDIRETA, BEM COMO ABRIR CRÉDITOS ADICIONAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/526/lei_n_002_1995_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/526/lei_n_002_1995_cmp.pdf</t>
   </si>
   <si>
     <t>DISPONDO SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO É FINANCEIRO DE 1995, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/525/lei_n_001_1995_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/525/lei_n_001_1995_cmp.pdf</t>
   </si>
   <si>
     <t>ALTERA AS REDAÇÕES DO ARTIGO 22 E SEUS INCISOS DA LEI Nº 088/92PJPMP, E DÁ I OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/549/lei_n_138_1994_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/549/lei_n_138_1994_pgmp.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARINTINS, SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO E EM PRESA DE DESENVOLVIMENTO DE PARINTINS PARA 0 EXERCÍCIO FINANCEIRO DE 1995, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/548/lei_n_137_1994_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/548/lei_n_137_1994_pgmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADANIA PARINTINENSE AO SENHOR JOÃO ALVES CHIXARO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/547/lei_n_136_1994_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/547/lei_n_136_1994_pgmp.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 6° DA LEI MUNICIPAL Nº 123/ 93 PGPMP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/546/lei_n_135_1994_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/546/lei_n_135_1994_pgmp.pdf</t>
   </si>
   <si>
     <t>CRIA NA ESTRUTURA ADMINISTRATIVA O DEPARTAMENTO DE ESPORTES DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/545/lei_n_134_1994_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/545/lei_n_134_1994_pgmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULOS DE CIDADANIA PARINTINENSE, SR. CLAUDOMIRO PICANÇO COALHO E A SRA. MARIA DO SOCORRO FIGUEIREDO CARVALHO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/544/lei_n_133_1994_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/544/lei_n_133_1994_pgpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PARINTINS, AO PADRE FRANCISCO LUPPINO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/538/lei_n_001_1994_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/538/lei_n_001_1994_cmp.pdf</t>
   </si>
   <si>
     <t>ESTABELECE, OBRIGATORIAMENTE, O ENVIO DO MOVIMENTO DIÁRIO DAS RECEITAS E DESPESAS DO PODER EXECUTIVO PARA O PODER LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/543/lei_n_132_1994_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/543/lei_n_132_1994_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR A DIOCESE DE PARINTINS, ÁREA DO PATRIMÔNIO PÚBLICO, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/542/lei_n_131_1994_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/542/lei_n_131_1994_pgpmp.pdf</t>
   </si>
   <si>
     <t>QUE DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES AMIGOS DO BAIRRO NOSSA SENHORA DE NAZARÉ, E DE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/541/lei_n_129_1994_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/541/lei_n_129_1994_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FAZER DOAÇÃO DE IMÓVEL PERTENCENTE AO PATRIMÔNIO PÚBLICO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/540/lei_n_128_1994_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/540/lei_n_128_1994_pgpmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO FOLCLÓRICA QUADRILHAS E DANÇAS DE PARINTINS/ AFQDF, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/539/lei_n_126_1994_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/539/lei_n_126_1994_pgmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULOS DE CIDADÃOS DE PARINTINS AO MINISTRO DA EDUCAÇÃO E A SRA. LUCY BRANDÃO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/575/lei_n_125_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/575/lei_n_125_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PRAZO CONCEDIDO NO ARTIGO 22 DA LEI Nº 116/93 - PGPMP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/574/lei_n_124_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/574/lei_n_124_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO DE PARINTINS AO DR. ARMANDO SILVA DO VALLE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/573/lei_n_122_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/573/lei_n_122_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ADIANTAMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/572/lei_n_121_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/572/lei_n_121_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 2º DA LEI MUNICIPAL Nº099/93, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/571/lei_n_120_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/571/lei_n_120_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA A UNIDADE ORÇAMENTÁRIA -SECRETARIA DE AÇÃO COMUNITÁRIA DO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/570/lei_n_119_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/570/lei_n_119_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>CRIA NO ORÇAMENTO VIGENTE DO MUNICÍPIO OS PROJETOS DE CONSTRUÇÃO DO MATADOU RO E MERCADO PÚBLICO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/569/lei_n_118_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/569/lei_n_118_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONSTITUIR A EMPRESA DE DESENVOLVIMENTO DE PARINTINS, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/568/lei_n_117_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/568/lei_n_117_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>FIXA 0 PERCENTUAL DAS TRANSFERÊNCIAS FINANCEIRAS PARA 0 PODER LEGISLATIVO, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/567/lei_n_116_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/567/lei_n_116_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE PARINTINS, ER DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/566/lei_n_115_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/566/lei_n_115_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 62 DA LEI MUNICIPAL N°96/92- PJPMP, DE DEZEMBRO DE 1992, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/565/lei_n_114_1993_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/565/lei_n_114_1993_pgpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS A EFETUAR PERMUTA DE IMOVEIS, E DE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/564/lei_n_113_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/564/lei_n_113_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CREDITO ADICIOINAL ESPECIAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/563/lei_n_112_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/563/lei_n_112_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O PARÁGRAPO 6° DO ART. 35 DA LEI ORGANICA DO MUNICIPIO DE PARINTINS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/562/lei_n_110_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/562/lei_n_110_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA PARINTINENSE AO Sr. JAIME QUEIROS DA SILVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/561/lei_n_109_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/561/lei_n_109_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA PARINTINENSE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/560/lei_n_108_1993_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/560/lei_n_108_1993_pjpmp.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO OFICIAL DE RUA NA CIDADE DE PARINTINS, E DÁ OU TRÁS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/559/lei_n_107_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/559/lei_n_107_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA À ASSOCIAÇÃO DOS PRODUTORES AGROPECUARISTAS DE SAMARIA - APROSA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/558/lei_n_106_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/558/lei_n_106_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 22 DA LEI Nº 096/92 - PJPMP, QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO, E DÁ. OUTRAS PRO VIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/550/lei_n_001_1993_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/550/lei_n_001_1993_cmp.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTS. 35, 36, 63 E 66 DA LEI ORGÂNICA DO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/557/lei_n_105_1993_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/557/lei_n_105_1993_pjpmp.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A OBRIGATORIEDADE DO USO DE CAIXOTES RECEPTORES DE DEJETOS FECAIS NOS TRANSPORTES DE TRAÇÃO ANIMAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/556/lei_n_104_1993_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/556/lei_n_104_1993_pjpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS A ADQUIRIR BENS IMÓVEIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/555/lei_n_103_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/555/lei_n_103_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>CRIA NO ORÇAMENTO VIGENTE, CRÉDITO ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/554/lei_n_102_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/554/lei_n_102_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO A FIRMAR ACORDO DE PARCELAMENTO DE DÍVIDA PARA COM O FGTS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/553/lei_n_101_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/553/lei_n_101_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>PRORROGAR O PRAZO CONCEDIDO NO ART. 27 DA LEI Nº 091/92 -PJPMP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/552/lei_n_100_1993_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/552/lei_n_100_1993_pgmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PUBLICA A ASSOCIAÇÃO PROFISSIONAL DOS CARROCEIROS E TRANSPORTADORES DE VOLUME DE BAGAGENS EM GERAL DE PARINTINS, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/551/lei_n_099_1993_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/551/lei_n_099_1993_pjpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS A FIRMAR CONVÊNIOS, CONTRATOS E OUTROS AJUSTES COMO OS MINISTÉRIOS, ESTADO DO AMAZONAS, SECRETARIAS DE ESTADO, AUTARQUIAS FEDERAIS, ESTADUAIS DA ADMINISTRAÇÃO DIRETA E INDIRETA, BEM COMO ABRIR CRÉDITOS ADICIONAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/1023/lei_n_096_1992_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/1023/lei_n_096_1992_pjpmp.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARINTINS E SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO PARA O EXERCÍCIO FINANCEIRO DE 1993.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/589/lei_n_098_1992_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/589/lei_n_098_1992_pjpmp.pdf</t>
   </si>
   <si>
     <t>APROVA O LOTEAMENTO DO BAIRRO "ITAÚNA I", NESTA CIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/588/lei_n_094_1992_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/588/lei_n_094_1992_pjpmp.pdf</t>
   </si>
   <si>
     <t>APROVA O LOTEAMENTO “LADY LAURA” NESTA CIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/587/lei_n_092_1992_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/587/lei_n_092_1992_pjpmp.pdf</t>
   </si>
   <si>
     <t>DOA A FEDERAÇÃO DAS INDÚSTRIAS DO ESTADO DO AMAZONAS A ÁREA DO PATRIMÔNIO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/586/lei_n_089_1992_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/586/lei_n_089_1992_pjpmp.pdf</t>
   </si>
   <si>
     <t>EXTINGUE O QUADRO DE PESSOAL CELETISTA DA PREFEITURA MUNICIPAL DE PARINTINS, E DETERMINA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/585/lei_n_088_1992_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/585/lei_n_088_1992_pjpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULOS DE “CIDADÃO PARINTINENSE”, AOS DESEMBARGADORES JOSÉ BATISTA VIDAL PESSOA, PAULO DOS ANJOS FEITOZA E DEJALMA MARTINS DA COSTA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/584/lei_n_087_1992_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/584/lei_n_087_1992_pjpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ÁREA DE TERRA, PERTENCENTE AO PATRIMÔNIO PÚBLICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/583/lei_n_086_1992_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/583/lei_n_086_1992_pjpmp.pdf</t>
   </si>
   <si>
     <t>CRIA NO ORÇAMENTO VIGENTE O PROJETO CONSTRUÇÃO DA CÂMARA MUNICIPAL E AUTORIZA ABERTURA DE CRÉDITO ADICIONAL E ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/582/lei_n_085_1992_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/582/lei_n_085_1992_pjpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR ACORDO DE PARCELAMENTO DE DÍVIDA PARA COM O INSTITUTO NACIONAL DO SEGURO SOCIAL - INSS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/581/lei_n_084_1992_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/581/lei_n_084_1992_pjpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ÁREA DE TERRA PERTENCENTES AO PATRIMÔNIO PÚBLICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/580/lei_n_083_1992_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/580/lei_n_083_1992_pjpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO MUNICIPAL A PROCEDE A BAIXA DE BENS INSERVÍVEIS, PERTENCENTES AO PATRIMÔNIO PÚBLICO, E DE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/579/lei_n_082_1992_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/579/lei_n_082_1992_pjpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TITULO DE CIDADÃO PARINTINENSE AO SR. DR. SILVÉRIO DA PAIVA FREITAS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/577/lei_n_080_1992_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/577/lei_n_080_1992_pjpmp.pdf</t>
   </si>
   <si>
     <t>APROVA O LOTEAMENTO E CRIA 0 BAIRRO DO ITAÚNA, NESTA CIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/576/lei_n_079_1992_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/576/lei_n_079_1992_pjpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO A EFETUAR PERMUTA DE BENS MUNICIPAIS COM PARTICULA- RES, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/578/lei_n_081_1992_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/578/lei_n_081_1992_pjpmp.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO DE RUAS E AVENIDAS DO BAIRRO DO ITAÚNA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/599/lei_no_077_1991_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/599/lei_no_077_1991_pjpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER "PENSÃO VITALÍCIA" A SRA. MARCELA MARIA FERREIRA DE SOUZA, VIÚVA DO EX - SERVIDOR RENATO BARBOSADE SOUZA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/598/lei_no_076_1991_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/598/lei_no_076_1991_pjpmp.pdf</t>
   </si>
   <si>
     <t>APROVA O LOTEAMENTO "JOÃO ALEXANDRE RIBEIRO", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/597/lei_no_074_1991_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/597/lei_no_074_1991_pjpmp.pdf</t>
   </si>
   <si>
     <t>CRIA NA ESTRUTURA ADMINISTRATIVA DA PREFEITURA DE PARINTINS, A SECRETARIA MUNICIPAL DE AÇÃO COMUNITÁRIA - SEMAC, E DÁ OUTRAS PRO VIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/594/lei_no_073_1991_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/594/lei_no_073_1991_pjpmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA FERIADO MUNICIPAL O DIA 01 DE JULHO, E DE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/593/lei_no_072_1991_pgpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/593/lei_no_072_1991_pgpmp.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO DE OTÁVIO GUSDES DE ARAÚJO, A ESCOLA MUNICIPAL DA VILA AMAZÔNIA, CONSTRUÍDA NESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/590/lei_no_070_1991_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/590/lei_no_070_1991_pjpmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUPTICIPAL DOS DIREITOS DA CRIANÇA E DO ADO LESCENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/604/lei_no_065_1990_-_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/604/lei_no_065_1990_-_pjpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PARINTINENSE AO SR. OZÓRIO NOGUEIRA DE OLIVEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/603/lei_no_064_1990_-_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/603/lei_no_064_1990_-_pjpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE ANISTIA DO IPTU, EXERCÍCIO TRIBUTÁRIO DE 1990, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/602/lei_no_063_1990_-_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/602/lei_no_063_1990_-_pjpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE PENSÃO VITALÍCIA AO SR. FRANCISCO SIQUEIRA NETO, EX VEREADOR E EX SERVIDOR MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/601/lei_no_062_1990_-_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/601/lei_no_062_1990_-_pjpmp.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 52 DA LEI MUNICIPAL N° 058/89—PJPMP DE 27 DE NOVEMBRO DE 1989, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/600/lei_no_059_1990_-_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/600/lei_no_059_1990_-_pjpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PARINTINS AO SENHOR VALDIR MARTINS VIANA, E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/610/lei_no_058_1989_-_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/610/lei_no_058_1989_-_pjpmp.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA A FIXA DESPESAS DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DE 1990.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/609/lei_no_057_1989_-_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/609/lei_no_057_1989_-_pjpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA PARINTINENSE A SRA. TEREZINHA DE JESUS ALBUQUERQUE BULCÃO, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/608/lei_no_055_1989_-_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/608/lei_no_055_1989_-_pjpmp.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ART. 5° DA LEI MUNICIPAL N°050/88 DE 06 DEZEMBRO DE 1988, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/607/lei_no_054_1989_-_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/607/lei_no_054_1989_-_pjpmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO EXTRAORDINÁRIO, NO ORÇAMENTO VIGER TE, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/606/lei_no_053_1989_-_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/606/lei_no_053_1989_-_pjpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS A CELEBRAR CONVÊNIO COM O ESTADO DO AMAZONAS. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/620/lei_no_052_1988_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/620/lei_no_052_1988_pjpmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O IMPOSTO SOBRE A TRANSMISSÃO “INTER VIVOS”, A QUALQUER TÍTULO, POR ATO ONEROSO, DE BENS E IMÓVEIS E O IMPOSTO SOBRE AS VENDAS A VAREJO DE COMBUSTÍVEL LÍQUIDOS E GASOSOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/619/lei_no_051_1988_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/619/lei_no_051_1988_pjpmp.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ART. 5º DÁ LEI MUNICIPAL Nº 034/87 DE 15 DE DEZEMBRO DE 1987, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/618/lei_no_045_1988_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/618/lei_no_045_1988_pjpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PARINTINENSE AS ENFERMEIRAS GILDETE DE MELO BETTI E RONANCI DO SOCORRO MOTA DOS SANTOS, E OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/617/lei_no_044_1988_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/617/lei_no_044_1988_pjpmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS AGRICULTORES DO MUNICÍPIO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/616/lei_no_043_1988_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/616/lei_no_043_1988_pjpmp.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA DENOMINAÇÃO A RUA PARAÍBA, NESTA CIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/615/lei_no_042_1989_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/615/lei_no_042_1989_pjpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER PENSÃO VITALÍCIA A SRA. MARIA DE NAZARÉ DAS NEVES NOVO, EX PRESIDENTE DA CÂMARA, EX VICE PREFEITO E SECRETÁRIO DE ADMINISTRAÇÃO, DE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/614/lei_no_041_1988_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/614/lei_no_041_1988_pjpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER “PENSÃO VITALÍCIA” A SRA. ENEZITA SIMÕES DE SOUZA, VIÚVA DO EX SERVIDOR OSVALDO DE MELO AZÊDO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/613/lei_no_040_1988_pjpmp..pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/613/lei_no_040_1988_pjpmp..pdf</t>
   </si>
   <si>
     <t>TROCA A DENOMINAÇÃO DA RUA AVENIDA E OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/612/lei_no_039_1988_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/612/lei_no_039_1988_pjpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS, A FIRMAR CONVÊNIOS, CONTRATOS, E OUTROS AJUSTES COM O ESTADO DO AMAZONAS, SECRETARIAS DO ESTADO, AUTARQUIAS FEDERAIS, ESTADUAIS, BEM COMO ÓRGÃOS FEDERAIS, ESTADUAIS DA ADMINISTRAÇÃO DIRETA OU INDIRETA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/611/lei_no_038_1988_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/611/lei_no_038_1988_pjpmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/642/lei_no_035_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/642/lei_no_035_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE PARINTINS/AM.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/641/lei_no_034_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/641/lei_no_034_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DO ANO DE 1989.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/640/lei_no_033_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/640/lei_no_033_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA O "CENTRO MÉDICO DE PARINTINS LTDA – CEMEPIN”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/639/lei_no_032_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/639/lei_no_032_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA PARINTINENSE SR. FRANCISCA DA CONCEIÇÃO PIRES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/638/lei_no_031_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/638/lei_no_031_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL DE PARINTINS, FIRMAR CONVENIO COM MINISTÉRIO DO DESENVOLVIMENTO URBANO E MEIO AMBIENTE PARA OS FINS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/637/lei_no_030_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/637/lei_no_030_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 MUNICÍPIO IE PARINTINS A EFETUAR PERMUTA DE TERRENOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO DE “JOÃO NOVO” AO CONJUNTO RESIDENCIAL DO IPASEA A SER CONSTRUÍDO NESTA CIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/635/lei_no_028_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/635/lei_no_028_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>APROVA O LOTEAMENTO “SAUNIER” DE PROPRIEDADE DO SR. ANTÔNIO PACIFICO S. SAUNIER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/634/lei_no_027_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/634/lei_no_027_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE CZ 84.000, 00 (OITENTA E QUATRO MIL CRUZADOS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/633/lei_no_026_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/633/lei_no_026_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PARINTINENSE AO DR. ROBERVAL EMERSON OLIVEIRA DE PAULA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/632/lei_no_025_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/632/lei_no_025_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A SOCIEDADE PESTALOZZI DE PARINTINS, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/631/lei_no_024_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/631/lei_no_024_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 5º DA LEI MUNICIPAL N º 10/86 DE 03 DE NOVEMBRO DE 1986, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/630/lei_no_023_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/630/lei_no_023_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE "CIDADANIA PARINTINENSE AO SR. SHIRT ICHIRO MORI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/629/lei_no_022_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/629/lei_no_022_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE CZ $ 979.000,00 (NOVECENTOS E SETENTA E NOVE MIL CRUZEIROS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/628/lei_no_021_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/628/lei_no_021_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS, A FIRMAR CONVÊNIOS, CONTRATOS E OUTROS AJUSTES COM O ESTADO DO AMAZONAS, SECRETARIAS DE ESTADO, AUTARQUIAS FEDERAIS, ESTADUAIS, BEM CORNO 0RGÃOS FEDERAIS, ESTADUAIS DA ADMINISTRAÇÃO, DIRETA OU INDIRETA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/627/lei_no_020_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/627/lei_no_020_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE AVENIDA PEDRO GONÇALVES A PRINCIPAL ARTÉRIA DO ANTIGO AEROPORTO PICHITA COHEN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/626/lei_no_019_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/626/lei_no_019_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO PARINTINENSE AO SR. KENIGE KOGA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/625/lei_no_018_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/625/lei_no_018_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>Concede Títulos de Cidadania Parintinense e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/624/lei_no_017_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/624/lei_no_017_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR EMPRÉSTIMOS COM A CAIXA ECONÔMICA FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/621/lei_no_014_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/621/lei_no_014_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>O CIDADÃO GLÁUCIO BENTES GONÇALVES, PREFEITO MUNICIPAL DE PARINTINS NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ETC. FAZ SABER QUE A CÂMARA MUNICIPAL DE PARINTINS, EM SESSÃO ORDINÁRIA DE PRIMEIRO PERÍODO LEGISLATIVO DO CORRENTE ANO.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/623/lei_no_016_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/623/lei_no_016_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>CRIA A SECRETARIA MUNICIPAL DE PRODUÇÃO RURAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/622/lei_no_015_1987_pjpmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/622/lei_no_015_1987_pjpmp.pdf</t>
   </si>
   <si>
     <t>ESTABELECE REGIME JURÍDICO ESPECIAL PARA ADMISSÃO DE SERVIDORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/654/lei_no_013_1986_-_aepmp..pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/654/lei_no_013_1986_-_aepmp..pdf</t>
   </si>
   <si>
     <t>INSTITUI AS NORMAS TÉCNICAS DO DISTRITO AGRO_x0002_INDUSTRIAL DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/653/lei_no_012_1986_-_aepmp..pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/653/lei_no_012_1986_-_aepmp..pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO EXECUTIVO DO DISTRITO AGRO-INDUSTRIAL DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/652/lei_no_011_1986_-_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/652/lei_no_011_1986_-_aepmp.pdf</t>
   </si>
   <si>
     <t>DESPÕE O ESTATUTO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/651/lei_no_009_1986_-_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/651/lei_no_009_1986_-_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIOS E CONTRATOS COM O BANCO NACIONAL DE HABITAÇÃO E SEUS AGENTES FINANCEIROS, A OFERECER GARANTIAS PARA OS EMPRÉSTIMOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/650/lei_no_008_1986_-_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/650/lei_no_008_1986_-_aepmp.pdf</t>
   </si>
   <si>
     <t>CRIA A SECRETÁRIA DE CULTURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/649/lei_no_007_1986_-_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/649/lei_no_007_1986_-_aepmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA O CENTRO DE INTEGRAÇÃO COMUNITÁRIA DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/648/lei_no_006_1986_-_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/648/lei_no_006_1986_-_aepmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES DO BAIRRO DA SHAM – ASSOSHAM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/647/lei_no_005_1986_-_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/647/lei_no_005_1986_-_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER PENSÃO VITALÍCIA A SRA. MARIA PHILOMENA SALVADOR PONTES, MÃE DA EX-SERVIDORA LIA SALVADOR PONTES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/646/lei_no_004_1986_-_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/646/lei_no_004_1986_-_aepmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS MORADORES DO BAIRRO DE SÃO BENEDITO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/645/lei_no_003_1986_-_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/645/lei_no_003_1986_-_aepmp.pdf</t>
   </si>
   <si>
     <t>ALTERA A NOMENCLATURA DOS ÓRGÃOS QUE COMPÕEM A ESTRUTURA ADMINISTRATIVA BÁSICA DA PREFEITURA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/644/lei_no_002_1986_-_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/644/lei_no_002_1986_-_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS A ABRIR CRÉDITO ADICIONAL ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/643/lei_n_001_1986_-_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/643/lei_n_001_1986_-_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARINTINS A DESAPROPRIAR POR UTILIDADE PÚBLICA, O IMÓVEL DESCRIMINADO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1153/lei_n_018_1985_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1153/lei_n_018_1985_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O "TÍTULO DE CIDADÃO DE PARINTINS" AO SENHOR MARIO ANTONIO SUSSMAN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1152/lei_n_017_1985_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1152/lei_n_017_1985_aepmp.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 5º DA LEI MUNICIPAL Nº 040/84 DE 05 DE NOVEMBRO DE 1984, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1151/lei_n_016_1985_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1151/lei_n_016_1985_aepmp.pdf</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1150/lei_n_015_1985_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1150/lei_n_015_1985_aepmp.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DE 1986.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1149/lei_n_014_1985_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1149/lei_n_014_1985_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE HONRA AO MÊRITO ÀS PROFESSORAS MARILZA DE SOUZA BARBOSA E MARIA VALDA MACIEL , E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1148/lei_n_013_1985_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1148/lei_n_013_1985_aepmp.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DAS AVENIDAS RIO BRANCO E GOMES DE CASTRO NESTA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1147/lei_n_012_1985_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1147/lei_n_012_1985_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DOAR DUAS ÁREAS DE TERRAS DO PATRIMÔNIO MUNICIPAL AO INSTITUTO DE PREVIDÊNCIA E ASSISTÊNCIA DOS SERVIDORES DO ESTADO DO AMAZONAS - IPASEA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1146/lei_n_011_1985_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1146/lei_n_011_1985_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE "CIDADANIA PARINTINENSE" À PROFESSORA LUIZA MILÉO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1145/lei_n_010_1985_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1145/lei_n_010_1985_aepmp.pdf</t>
   </si>
   <si>
     <t>ABRE NO ORÇAMENTO VIGENTE DA PREFEITURA, CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1144/lei_n_009_1985_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1144/lei_n_009_1985_cmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DAS COMUNIDADES RURAIS DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1143/lei_n_008_1985_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1143/lei_n_008_1985_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE "CIDADÃO DE PARINTINS" AO SR. PETRÔNIO BARROSO DE SOUZA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1142/lei_n_007_1985_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1142/lei_n_007_1985_aepmp.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO OFICIAL AO BUMBÓDROMO, LOCALIZADO NA PRAÇA DO POVÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/660/lei_n_006_1985_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/660/lei_n_006_1985_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER PENSÃO VITALÍCIA A SRA. ALOEMIRA OLIVEIRA DAS NEVES, VIÚVA DO EX VEREADOR MESSIAS AUGUSTO DAS NEVES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/659/lei_n_005_1985_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/659/lei_n_005_1985_aepmp.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA DE OTIMIZAÇÃO DE RECURSOS NO MUNICÍPIO DE PARINTINS-PROARE/PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/658/lei_n_004_1985_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/658/lei_n_004_1985_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ADICIONAL ESPECIAL , NO VALOR DE CR$ 34.000.000(TRINTA E QUATRO MILHÕES DE CRUZEIROS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/657/lei_n_003_1985_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/657/lei_n_003_1985_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO PARINTINENSE AO DR. EULER ESTEVES RIBEIRO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/656/lei_n_002_1985_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/656/lei_n_002_1985_aepmp.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO DE ODOVALDO FERREIRA NOVO, Á ESTRADA DO AEROPORTO JÚLIO BELÉM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/655/lei_n_001_1985_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/655/lei_n_001_1985_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA PARINTINENSE AO SR. OZIAS MONTEIRO RODRIGUES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1984/1141/lei_n_045_1984_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1984/1141/lei_n_045_1984_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE "CIDADÃO DE PARINTINS" AO SR. CLAUDEMIRO DE ANDRADE BENTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1140/lei_n_019_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1140/lei_n_019_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1139/lei_n_018_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1139/lei_n_018_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1138/lei_n_017_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1138/lei_n_017_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÕES OFICIAIS ÀS RUAS E AVENIDAS EXISTENTES NO LOTEAMENTO ¨MACUCÁUA" NESTA CIDADE  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1137/lei_n_016_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1137/lei_n_016_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO OFICIAL AO LOTEAMENTO ¨MACUCÁUA" NESTA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1136/lei_n_015_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1136/lei_n_015_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O "TÍTULO DE CIDADÃO DE PARINTINS" AOS SENHORES DR. JOSÉ CARDOSO E DR. JOSÉ HONÓRIO DE QUEIROZ FARIA.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1135/lei_n_014_083_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1135/lei_n_014_083_aepmp.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO OFICIAL AO LOTEAMENTO "MULUA" AS RUAS E AVENIDAS NELE EXISTENTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1134/lei_n_013_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1134/lei_n_013_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1133/lei_n_012_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1133/lei_n_012_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARINTINS, PARA O EXERCÍCIO FINANCEIRO DE 1984.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1132/lei_n_011_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1132/lei_n_011_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1131/lei_n_010_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1131/lei_n_010_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ALIENAR BENS MÓVEIS INSERVÍVEIS DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1130/lei_n_009_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1130/lei_n_009_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O "TÍTULO DE CIDADÃO DE PARINTINS" AO PROF.º GILBERTO MESTRINHO DE MEDEIROS RAPOSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1129/lei_n_008_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1129/lei_n_008_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>FICA CONCEDIDO "TÍTULOS DE CIDADÃOS DE PARINTINS" AS SEGUINTES PESSOAS: IRMÃ ZENIR DE CASTRO ALVARES, DR. VICENTE AUGUSTO CRUZ DE OLIVEIRA, JOSÉ PETRÚCIO CORDEIRO E EMANUEL DO BOMFIM PINHEIRO DE SOUZA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1128/lei_n_007_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1128/lei_n_007_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O "TÍTULO DE CIDADÃO DE PARINTINS" AO SR. CEL. JOAQUIM PESSOA IGREJAS LOPES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1127/lei_n_006_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1127/lei_n_006_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O "TÍTULO DE CIDADÃO DE PARINTINS" AO SR. DR. ELIAS SEFFER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1126/lei_n_005_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1126/lei_n_005_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIOS COM AS SECRETARIAS DE ESTADO DO AMAZONAS, AUTARQUIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1125/lei_n_004_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1125/lei_n_004_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REEXAMINAR OS PROCESSOS DE EMISSÃO DE TÍTULOS DEFINITIVOS E DE AFORAMENTOS, CONCEDIDOS  NA ÁREA DO ANTIGO AEROPORTO "PICHITA COHEN" NESTA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1124/lei_n_003_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1124/lei_n_003_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1123/lei_n_002_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1123/lei_n_002_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DOAR TERRAS DO DOMÍNIO MUNICIPAL, A CERÂMICA MODERNA DE PARINTINS LTDA - CEMOPAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1122/lei_n_001_1983_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1122/lei_n_001_1983_aepmp.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVO À LEI Nº 17, DE 16 DE DEZEMBRO DE 1982, QUE AUTORIZA O PODER EXECUTIVO A DETERMINAR ESTUDOS E FAZER LOTEAMENTO URBANO DA ÁREA DO ANTIGO AEROPORTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1121/lei_n_018_1982_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1121/lei_n_018_1982_aepmp.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO DE ¨ELIAS ASSAYAG¨ A QUADRA COBERTA DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1120/lei_n_017_1982_aepmp..pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1120/lei_n_017_1982_aepmp..pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DETERMINAR ESTUDOS E FAZER LOTEAMENTO URBANO NA ÁREA DO ANTIGO AEROPORTO E DÁ OUTRAS PROVIDÊNICAS.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1119/lei_n_016_1982_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1119/lei_n_016_1982_aepmp.pdf</t>
   </si>
   <si>
     <t>CRIA CRÉDITOS ESPECIAIS VINCULADOS AOS PROJETOS N° 1026 E 1027 E AOS ELEMENTOS 4.1.1.0 E 4.3.3.2 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1118/lei_n_015_1982_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1118/lei_n_015_1982_aepmp.pdf</t>
   </si>
   <si>
     <t>CRIA O CRÉDITO ESPECIAL VINCULADO AO PROJETO N° 1025 E AO ELEMENTO 4.1.1.0 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1117/lei_n_014_1982_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1117/lei_n_014_1982_aepmp.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 5º DA LEI MUNICIPAL Nº 10/81 DE 18 DE DEZEMBRO DE 1981 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1116/lei_n_012_1982_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1116/lei_n_012_1982_aepmp.pdf</t>
   </si>
   <si>
     <t>CRIA CRÉDITO ESPECIAL VINCULADO AO PROJETO N° 1020 E AOS ELEMENTOS 4.1.1.0 E 4.1.2.0 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1115/lei_n_011_1982_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1115/lei_n_011_1982_aepmp.pdf</t>
   </si>
   <si>
     <t>CRIA NO ORÇAMENTO VIGENTE , PROJETO ELEMENTOS E ABRE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1114/lei_n_010_1982_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1114/lei_n_010_1982_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO SOBRE IMÓVEIS QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1113/lei_n_009_1982_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1113/lei_n_009_1982_aepmp.pdf</t>
   </si>
   <si>
     <t>CRIA CRÉDITO ESPECIAL, VINCULADO AO PROJETO Nº 1022 E AO ELEMENTO 4.3.3.0 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1112/lei_n_008_1982_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1112/lei_n_008_1982_aepmp.pdf</t>
   </si>
   <si>
     <t>CRIA NO ORÇAMENTO VIGENTE O PROJETO Nº 1018 E OS ELEMENTOS DE DESPESAS 4.1.1.0 E 4.1.2.0, ABRE CRÉDITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1108/lei_n_004_1982_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1108/lei_n_004_1982_aepmp.pdf</t>
   </si>
   <si>
     <t>CRIA NO PROGRAMA DO TRABALHO DO ORÇAMENTO VIGENTE, O PROJETO Nº 1017 E O ELEMENTO DE DESPESA 4.1.1.0., ABRE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1111/lei_n_007_1982_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1111/lei_n_007_1982_aepmp.pdf</t>
   </si>
   <si>
     <t>CRIA ORÇAMENTO VIGENTE PROJETO, ELEMENTOS DE DESPESAS E ABRE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1110/lei_n_006_1982_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1110/lei_n_006_1982_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CRIAR CRÉDITO ESPECIAL, VINCULADO AO PROJETO Nº 1018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1109/lei_n_005_1982_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1109/lei_n_005_1982_aepmp.pdf</t>
   </si>
   <si>
     <t>CRIA NO PROGRAMA DO TRABALHO DO ORÇAMENTO VIGENTE, OS PROJETOS Nº 1013, 1014 E 1015 E O ELEMENTO DE DESPESA 4.1.1.0., ABRE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1107/lei_n_003_1982_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1107/lei_n_003_1982_aepmp.pdf</t>
   </si>
   <si>
     <t>CRIA NO PROGRAMA DO TRABALHO DO ORÇAMENTO VIGENTE, O PROJETO Nº 1016 E O ELEMENTO DE DESPESA 4.1.1.0., ABRE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1106/lei_n_002_1982_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1106/lei_n_002_1982_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE ¨TÍTULO DE CIDADÃO DE PARINTINS¨ AO DR. RICARDO ALEXANDRE GONÇALVES GUIMARÃES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1105/lei_n_001_1982_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1105/lei_n_001_1982_aepmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO BENEFICENTE E RECREATIVA DOS MOTORISTAS PROFISSIONAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1104/lei_n_012_1981_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1104/lei_n_012_1981_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO ABRIR CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1103/lei_n_011_1981_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1103/lei_n_011_1981_aepmp.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 5º DA LEI MUNICIPAL Nº12/80-AEPMP DE 27 DE NOVEMBRO DE 1980, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1102/lei_n_009_1981_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1102/lei_n_009_1981_aepmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A COOPERATIVA MISTA DE SERVIÇOS PESQUEIROS DO MÉDIO AMAZONAS LTDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1101/lei_n_008_1981_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1101/lei_n_008_1981_aepmp.pdf</t>
   </si>
   <si>
     <t>DECLARA OFICIAL OS JOGOS ESTUDANTIS DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1100/lei_n_007_1981_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1100/lei_n_007_1981_aepmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O SINDICATO DOS ESTIVADORES DE PARINTINS, ESTADO DO AMAZONAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1099/lei_n_006_1981_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1099/lei_n_006_1981_aepmp.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO DE RUAS NA PARTE LESTE DO BAIRRO DE PALMARES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1098/lei_n_005_1981_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1098/lei_n_005_1981_aepmp.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO DE DR. TUKASA UETUKA A PRAÇA LOCALIZADA NO ENTRONCAMENTO DAS RUAS PEDRO CORDOVIL, DOMINGOS PRESTES E AVENIDA NAÇÕES UNIDAS, NESTA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1097/lei_n_004_1981_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1097/lei_n_004_1981_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO PROFESSOR ALDO GOMES DA COSTA, O "TÍTULO DE CIDADÃO DE PARINTINS" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1096/lei_n_003_1981_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1096/lei_n_003_1981_aepmp.pdf</t>
   </si>
   <si>
     <t>ABRE NO ORÇAMENTO VIGENTE DA PREFEITURA MUNICIPAL DE PARINTINS, CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1095/lei_n_002_1981_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1095/lei_n_002_1981_aepmp.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS VENCIMENTOS DO FUNCIONALISMO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1094/lei_n_001_1981_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1094/lei_n_001_1981_aepmp.pdf</t>
   </si>
   <si>
     <t>ABRE NO ORÇAMENTO VIGENTE DA PREFEITURA MUNICIPAL DE PARINTINS,  CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1092/lei_n_013_1980_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1092/lei_n_013_1980_aepmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA INGLESA PARA O COMÉRCIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1091/lei_n_011_1980_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1091/lei_n_011_1980_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1090/lei_n_010_1980_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1090/lei_n_010_1980_aepmp.pdf</t>
   </si>
   <si>
     <t>ABRE NO ORÇAMENTO VIGENTE DA PREFEITURA MUNICIPAL D E PARINTINS, CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1089/lei_n_009_1980_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1089/lei_n_009_1980_aepmp.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 08/75 - LEI DE TERRAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>8.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1088/lei_n_008_1980_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1088/lei_n_008_1980_aepmp.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO DE PROFESSORA ALZIRA SAUNIER A CASA DA CULTURA DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1087/lei_n_008_1980_aepmp..pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1087/lei_n_008_1980_aepmp..pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO DE ANTONIO SERGIO DA SILVA, À RUA Nº 01 DO BAIRRO DE PALMARES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1086/lei_n_006_1980_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1086/lei_n_006_1980_aepmp.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTGO 3º E SEUS §§ E §§1º E 2º DO ARTIGO 4º DA LEI Nº 20/79-AEPMP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1085/lei_n_005_1980_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1085/lei_n_005_1980_aepmp.pdf</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1084/lei_n_004_1980_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1084/lei_n_004_1980_aepmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO ESPORTIVA BEASA DE PARINTINS, COM SEDE EM PROJETO E A SER CONSTRUÍDA EM PARINTINS, ESTADO DO AMAZONAS, CONFORME PARECER FAVORÁVEL DA DIRETORIA E DEMAIS NECESSIDADES QUE REGEM O ASSUNTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1083/lei_n_003_1980_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1083/lei_n_003_1980_aepmp.pdf</t>
   </si>
   <si>
     <t>ABRE NO ORÇAMENTO VIGENTE DA PREFEITURA MUNICIPAL, CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1082/lei_n_002_1980_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1082/lei_n_002_1980_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO DE PARINTINS AO SENHOR WALTER LEANDRO COUTINHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1081/lei_n_001_1980_aepmp_escola_joao_bosco.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1081/lei_n_001_1980_aepmp_escola_joao_bosco.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO DE SENADOR JOÃO BOSCO AO COLÉGIO DE 1º GRAU CONSTRUIDO NESTA CIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1079/lei_n_020_1979_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1079/lei_n_020_1979_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA TAXA DE ILUMINAÇÃO PÚBLICA , E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1078/lei_n_019_1979_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1078/lei_n_019_1979_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DOAR TERRAS DO DOMÍNIO MUNICIPAL , NO PERÍMETRO URBANO DO MUNICÍPIO, À COMPANHIA BRASILEIRA DE ARMAZENAMENTO - CIBRAZEM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1077/lei_n_018_1979_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1077/lei_n_018_1979_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INDENIZAR BENFEITORIAS NA ÁREA DESTINADA A CONSTRUÇÃO DA SUBUNIDADE SENADOR JOÃO BOSCO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1076/lei_n_016_1979_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1076/lei_n_016_1979_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO MUNICIPAL DE PARINTINS A EFETUAR PERMUTA DE TERRENOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1075/lei_n_015_1979_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1075/lei_n_015_1979_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULOS DE CIDADÃOS  DE PARINTINS, AOS SRS. ORLANDO DA SILVA HATTA, FRANCISCO SIQUEIRA NETTO E PAULO MARQUES SOARES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1074/lei_n_014_1979_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1074/lei_n_014_1979_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO DE PARINTINS, AO SENHOR KENJI KAWAKAMI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1073/lei_n_013_1979_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1073/lei_n_013_1979_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULOS DE CIDADÃO DE PARINTINS, AOS SENHORES MARCOS DA SILVA VENTILARI, GONTRAN CAMPBELL PENA E JOSÉ PESSOA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>3.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1066/lei_n_003_1979_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1066/lei_n_003_1979_cmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PARINTINS AO PADRE EMÍLIO BUTELLI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1072/lei_n_012_1979_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1072/lei_n_012_1979_aepmp.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO DE PREFEITO GENTIL BELÉM AO BAIRRO COGNOMINADO DE SANTA CLARA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1071/lei_n_011_1979_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1071/lei_n_011_1979_aepmp.pdf</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>2.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1064/lei_n_002_1979_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1064/lei_n_002_1979_cmp.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÕES OFICIAIS AS RUAS E AVENIDAS EXISTENTES NO BAIRRO VITÓRIA RÉGIA, DESTA CIDADE DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1063/lei_n_002_1979_cmp..pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1063/lei_n_002_1979_cmp..pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA O "TEATRO NUTEPIN DE PARINTINS", PROMOÇÃO OFICIAL DE MOVIMENTO BRASILEIRO DE ALFABETIZAÇÃO "MOBRAL DE PARINTINS" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1070/lei_n_010_1979_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1070/lei_n_010_1979_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A UTILIZAR  O SUPERAVIT FINANCEIRO DE 1978, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1069/lei_n_008_1979_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1069/lei_n_008_1979_aepmp.pdf</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1068/lei_n_005_1979_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1068/lei_n_005_1979_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL , A BAIXAR NORMAS REGULAMENTADORAS REFERENTES A GENEROS ALIMENTÍCIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1067/lei_n_004_1979_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1067/lei_n_004_1979_aepmp.pdf</t>
   </si>
   <si>
     <t>RECONHECE COMO POVOADOS DO MUNICÍPIO DE PARINTINS AS COMUNIDADES  EXISTENTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1065/lei_n_003_1979_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1065/lei_n_003_1979_aepmp.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS VENCIMENTOS DO FUNCIONALISMO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1062/lei_n_001_1979_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1062/lei_n_001_1979_cmp.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÕES OFICIAIS AS RUAS E TRAVESSAS EXISTENTES NO BAIRRO SANTA CLARA, DESTA CIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1061/lei_n_013_1978_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1061/lei_n_013_1978_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO DE PARINTINS, AO DR. CARLOS HENRIQUES RODRIGUES , DD. JUIZ DE DIREITO DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1060/lei_n_012_1978_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1060/lei_n_012_1978_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ DE PARINTINS, À PROFESSORA EGLANTINA BRELAZ LESSA, E DÁ OUTRAS PRVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1059/lei_n_011_1978_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1059/lei_n_011_1978_aepmp.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO DE OBRAS DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1058/lei_n_009_1978_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1058/lei_n_009_1978_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO DE PARINTINS, AO DR. ACIOLY RIBEIRO TEIXEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1057/lei_n_008_1978_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1057/lei_n_008_1978_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ DE PARINTINS, A DRA. TEREZINHA MARIA PINTO DE SOUZA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1056/lei_n_007_1978_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1056/lei_n_007_1978_aepmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO DE PARINTINS, AO SENHOR DEMÓCRITO SALGADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1055/lei_n_006_1978_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1055/lei_n_006_1978_aepmp.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO DE SENADOR JOSÉ ESTEVES, AO BAIRRO COGNOMINADO DE ITAGUATINGA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1054/lei_n_005_1978_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1054/lei_n_005_1978_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIOS COM AS SECRETARIAS DE ESTADO DO AMAZONAS, AUTARQUIAS FEDERAIS E ESTADUAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1053/lei_n_004_1978_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1053/lei_n_004_1978_aepmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REQUERER A CRIAÇÃO DE UM TIRO DE GUERRA NO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1052/lei_n_003_1978_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1052/lei_n_003_1978_aepmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO DO QUADRO DE FUNCIONÁRIOS DA PREFEITURA MUNICIPAL, FIXA  NOVOS VENCIMENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1051/lei_n_002_1978_aepmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1051/lei_n_002_1978_aepmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A SOCIEDADE DE BENEFICENCIA  CRISTÃ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1050/lei_n_027_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1050/lei_n_027_1977_pmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA O GRUPO DE ESCOTEIROS PADRE COLOMBO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1049/lei_n_026_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1049/lei_n_026_1977_pmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE "CIDADÃO DE PARINTINS" AO PROFESSOR CAIO TÁCITO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1048/lei_n_025_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1048/lei_n_025_1977_pmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO DE PARINTINS, AO PROFESSOR WILSON CHOERI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1047/lei_n_024_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1047/lei_n_024_1977_pmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO DE PARINTINS, AO PROFESSOR JOSÉ MANUEL GOMES LEONOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1046/lei_n_023_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1046/lei_n_023_1977_pmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO DE PARINTINS, AO SR. ELÁDIO DELFINO CARNEIRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1045/lei_n_020_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1045/lei_n_020_1977_pmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A COLONIA DOS PESCADORES - Z17 COM SEDE EM PARINTINS, ESTADO DO AMAZONAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1044/lei_n_019_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1044/lei_n_019_1977_pmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO DE PARINTINS, AO PROFESSOR MARCILIO COELHO DIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1043/lei_n_018_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1043/lei_n_018_1977_pmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULOS DE CIDADÃOS BENEMÉRITOS DE PARINTINS, AOS SENHORES GOVERNADOR DO ESTADO DO AMAZONAS MINISTRO HENOCH DA SILVA REIS, VICE-GOVERNADOR JOÃO BOSCO RAMOS DE LIMA E SECRETÁRIO DE ESTADO DE TRANSPORTES JOSÉ DE OLIVEIRA FERNANDES E DÁ OUTRAS POVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1042/lei_n_017_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1042/lei_n_017_1977_pmp.pdf</t>
   </si>
   <si>
     <t>OUTORGA AO PROFESSOR CELBY RODRIGUES VIEIRA DOS SANTOS, O TÍTULO DE "CIDADÃO PARINTINENSE" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1041/lei_n_016_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1041/lei_n_016_1977_pmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA AS SOCIEDADES JAC ATLÉTICA CLUBE, ESTRELA DO NORTE ESPOSTE CLUBE, SÃO CRISTOVÃO ESPORTE CLUBE E ESPORTE CLUBE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1040/lei_n_015_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1040/lei_n_015_1977_pmp.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O CLUBE CAMPO DE ASSOCIAÇÃO COMERCIAL DE PARINTINS, COM SEDE EM PARINTINS, ESTADO DO AMAZONAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1039/lei_n_014_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1039/lei_n_014_1977_pmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA FERIADO MUNICIPAL O DIA 15 DE OUTUBRO, DATA DA FUNDAÇÃO DA CIDADE DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1038/lei_n_013_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1038/lei_n_013_1977_pmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PECUARISTAS DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1037/lei_n_012_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1037/lei_n_012_1977_pmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ DE PARINTINS, A DRA. LENIRA MENDES GOMIDES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1027/lei_n_002_1977_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1027/lei_n_002_1977_cmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE "CIDADÃO DE PARINTINS", AO DEPUTADO FEDERAL DR. RAFAEL FARACO.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1036/lei_n_011_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1036/lei_n_011_1977_pmp.pdf</t>
   </si>
   <si>
     <t>ESTABELECE CRITÉRIO PARA PAGAMENTO DE DIÁRIAS DE VIAGEM AO PREFEITO E VICE-PREFEITO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1035/lei_n_010_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1035/lei_n_010_1977_pmp.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO DE PARINTINS, AO DEPUTADO FEDERAL DR. RAFAEL FARACO.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1034/lei_n_009_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1034/lei_n_009_1977_pmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A F.SESP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1033/lei_n_008_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1033/lei_n_008_1977_pmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A PERMUTA DE UMA (01) LANCHA MOTOR DESLIZADEIRA DO SERVIÇO RODOVIÁRIO MUNICIPAL, POR MATERIAIS ADQUIRIDOS COM RECURSOS PRÓPRIOS DA MUNICIPALIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1032/lei_n_007_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1032/lei_n_007_1977_pmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O IBDF, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1031/lei_n_006_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1031/lei_n_006_1977_pmp.pdf</t>
   </si>
   <si>
     <t>VEDA A TROCA DE DENOMINAÇÕES DE RUAS E LOGRADOUROS, NA CIDADE DE PARINTINS.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1030/lei_n_005_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1030/lei_n_005_1977_pmp.pdf</t>
   </si>
   <si>
     <t>CRIA NO PROGRAMA DE TRABALHO OS PROJETOS RECUPERAÇÃO E APARELHAMENTO DO MERCADO MUNICIPAL, SINALIZAÇÃO GRÁFICA DA CIDADE E ABRE CRÉDITO ESPECIAL.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1029/lei_n_004_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1029/lei_n_004_1977_pmp.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO AO GRUPO ESCOLAR SUZANA DE JESUS AZEDO DO BAIRRO DO PALMARES, NESTA CIDADE DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1028/lei_n_003_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1028/lei_n_003_1977_pmp.pdf</t>
   </si>
   <si>
     <t>CONCEDEO TÍTULO DE CIDADÃO BENEMÉRITO DE PARINTINS, AO VEREADOR GERALDO SOARES DE MEDEIROS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1024/lei_n_002_1977_pmp...pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1024/lei_n_002_1977_pmp...pdf</t>
   </si>
   <si>
     <t>CONSIDERA FERIADO MUNICIPAL O DIA 14 DE MAIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1026/lei_n_001_1977_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1026/lei_n_001_1977_pmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE ESTRADAS NO PLANO RODOVIÁRIO MUNICIPAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1025/lei_n_001_1977_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1025/lei_n_001_1977_cmp.pdf</t>
   </si>
   <si>
     <t>OFICIALIZA O DIA 18 DE OUTUBRO NO ÂMBITO MUNICIPAL COMO O DIA DO MÉDICO; CUIDA DA REALIZAÇÃO DE SOLENIDADE NESTA CIDADE, NO ÂMBITO MUNICIPAL, VISANDO DESTACAR O TRABALHO DO MÉDICO NO CONTEXTO DA ORGANIZAÇÃO SOCIAL.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1222/lei_n_008_1975_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1222/lei_n_008_1975_pmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS TERRAS DO DOMÍNIO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1217/lei_n_001_1975_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1217/lei_n_001_1975_cmp.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO SR. PREFEITO MUNICIPAL DE PARINTINS, REFERENTE AO EXERCÍCIO DE 1972, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1221/lei_n_007_1975_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1221/lei_n_007_1975_pmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL DE PARINTINS A TRANSFERIR PARA A COMPANHIA DE HABITAÇÃO DO AMAZONAS - COHAB-AM, A ÁREA QUE MENCIONA, E TAMBÉM, A CONTRAIR EMPRÉSTIMOS JUNTO AO BANCO NACIONAL DE HABITAÇÃO - BNH E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1220/lei_n_006_1975_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1220/lei_n_006_1975_pmp.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL ÁREA COMPREENDIDA OS BAIRROS DO BANGÚ, NOSSA SENHORA DE FÁTIMA E PALMARES A DENOMINAÇÃO BAIRRO DO PALMARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1219/lei_n_002_1975_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1219/lei_n_002_1975_pmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A FAZER DOAÇÃO DE UM LOTE DE TERRAS À FUNDAÇÃO INSTITUTO BRASILEIRO DE GEOGRAFIA E ESTATISTICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1218/lei_n_001_1975_pmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1218/lei_n_001_1975_pmp.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÕES DE RUAS E AVENIDAS, AS TRAVESSAS EXISTENTES NA CIDADE DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1335</t>
+  </si>
+  <si>
+    <t>1966</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1335/lei_n_14_1966_pgmp.pdf</t>
+  </si>
+  <si>
+    <t>DESAPROPRIA POR UTILIDADE PÚBLICA, UMA ÁREA DE TERRA QUE FICA SITUADA NA AVENIDA VICENTE REIS , NO BAIRRO DE SÃO BENEDITO, DESTA CIDADE, PARA A CONSTRUÇÃO DE UM GRUPO ESCOLAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1334</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1334/lei_n_13_1966_pgmp.pdf</t>
+  </si>
+  <si>
+    <t>DESAPROPRIA POR UTILIDADE PÚBLICA, UM TERRENO DO PATRIMÔNIO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1333</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1333/lei_n_12_1966_pgmp.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ARRENDAR PARA A FIRMA SOBRAL SANTOS S.A - COMÉRCIO E INDÚSTRIA, O GALPÃO Nº 4, DE PROPRIEDADE DO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>1332</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1332/lei_n_11_1966_pgmp.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE ABONO DE NATAL AO FUNCIONALISMO MUNICIPAL , E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1331</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1331/lei_n_10_1966_pgmp.pdf</t>
+  </si>
+  <si>
+    <t>CRIA SUPLEMENTAÇÃO DE VERBAS PARA VÁRIAS DOTAÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1330</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1330/lei_n_9_1966_pgmp.pdf</t>
+  </si>
+  <si>
+    <t>DESAPROPRIA POR UTILIDADE PÚBLICA UMA ÁREA DE TERRA, NA COSTA DO SARACURA, DESTE MUNICÍPIO, PARA A CONSTRUÇÃO DA ESCOLA RURAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1329</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1329/lei_n_8_1966_pgmp.pdf</t>
+  </si>
+  <si>
+    <t>DESAPROPRIA POR UTILIDADE PÚBLICA UMA ÁREA DE TERRA, QUE FICA SITUADA À RUA CAETANO PRESTES, DESTA CIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1328</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1328/lei_n_7_1966_pgmp.pdf</t>
+  </si>
+  <si>
+    <t>FAZ DOAÇÃO AO GINÁSIO BATISTA DE PARINTINS, DO PRÉDIO EM CONSTRUÇÃO, SITUADO NESTA CIDADE, À RUA CAETANO PRESTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1327</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1327/lei_n_6_1966_pgmp.pdf</t>
+  </si>
+  <si>
+    <t>DESAPROPRIA  POR UTILIDADE PÚBLICA, O IMÓVEL EM CONSTRUÇÃO QUE FICA SITUADO À RUA CAETANO PRESTES, DESTA CIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1324</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1324/lei_n_3_1966_cmp.pdf</t>
+  </si>
+  <si>
+    <t>APROVA O PLANO DE TRABALHO DO ORGÃO RODOVIÁRIO MUNICIPAL, RELATIVAMENTE AO ANO DE 1965.</t>
+  </si>
+  <si>
+    <t>1326</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1326/lei_n_4_1966_pgmp_criacao_do_saae.pdf</t>
+  </si>
+  <si>
+    <t>CRIA O SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO - SAAE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1322</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1322/lei_n_2_1966_cmp..pdf</t>
+  </si>
+  <si>
+    <t>APROVA AS CONTAS E ATOS DO SR. PREFEITO MUNICIPAL, RAIMUNDO DEJARD VIEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1321</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1321/lei_n_1_1966_cmp..pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE O TÍTULO DE "CIDADÃO DE PARINTINS", AO PROFESSOR EUDES DE SOUZA LEÃO PINTO.</t>
+  </si>
+  <si>
+    <t>1325</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1325/lei_n_3_1966_pgmp.pdf</t>
+  </si>
+  <si>
+    <t>DESAPROPRIA POR UTILIDADE PÚBLICA A ÁREA EM QUE SERÁ INSTALADA A COMPANHIA DE TELECOMUNICAÇÕES DO ESTADO DO AMAZONAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1323</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1323/lei_n_2_1966_pgmp.pdf</t>
+  </si>
+  <si>
+    <t>DOA TERRENO DO PATRIMÔNIO DA MUNICIPALIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1336</t>
+  </si>
+  <si>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1336/lei_n_1_1966-pgmp.pdf</t>
+  </si>
+  <si>
+    <t>ORÇA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARINTINS PARA O EXERCÍCIO DE 1966.</t>
+  </si>
+  <si>
     <t>1216</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1963/1216/lei_n_011_1963.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1963/1216/lei_n_011_1963.pdf</t>
   </si>
   <si>
     <t>FAZ DOAÇÃO AO MINISTÉRIO DA AERONAUTICA CIVIL, DE UMA ÁREA DE TERRA, PARA A CONSTRUÇÃO CAMPO DE POUSO DESTA CIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1212/lei_n_011_1959.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1212/lei_n_011_1959.pdf</t>
   </si>
   <si>
     <t>CONCEDE AJUDA DE CUSTOS AO SENHOR CHEFE DO EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1215/lei_n_014_1959.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1215/lei_n_014_1959.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 8/59, BAIXADO PELO CHEFE DO EXECUTIVO MUNICIPAL AD-REFERENDUM DA CÂMARA MUNICIPAL, EM 14 DE SETEMBRO DE 1959, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1214/lei_n_013_1959.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1214/lei_n_013_1959.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 7/59, BAIXADO PELO CHEFE DO EXECUTIVO MUNICIPAL AD-REFERENDUM DA CÂMARA MUNICIPAL EM 14 DE SETEMBRO DE 1959, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1213/lei_n_012_1959.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1213/lei_n_012_1959.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 6/59, BAIXADO PELO CHEFE DO EXECUTIVO MUNICIPAL AD-REFERENDUM DA CÂMARA MUNICIPAL EM 14 DE SETEMBRO DE 1959, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1211/lei_n_010_1959.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1211/lei_n_010_1959.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUXÍLIO DE DOIS MIL CRUZEIROS (CR$ 2.000,00), AO AMAZONAS ESPORTE CLUBE DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1210/lei_n_009_1959.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1210/lei_n_009_1959.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 5/59, BAIXADO PELO EXECUTIVO MUNICIPAL, AD-REFERENDUM DA CÂMARA MUNICIPAL, EM 10 DE SETEMBRO DE 1959, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1209/lei_n_008_1959.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1209/lei_n_008_1959.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 4/59, BAIXADO PELO EXECUTIVO MUNICIPAL, AD-REFERENDUM DA CÂMARA MUNICIPAL DE PARINTINS, EM 10 DE SETEMBRO DE 1959, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1208/lei_n_007_1959.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1208/lei_n_007_1959.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 3/59, BAIXADO PELO SR. PREFEITO MUNICIPAL, AD-REFERENDUM DA CÂMARA MUNICIPAL, EM 10 DE SETEMBRO DE 1959, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1207/lei_n_006_1959.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1207/lei_n_006_1959.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 2/59, BAIXADO PELO EXECUTIVO MUNICIPAL AD-REFERENDUM DA CÂMARA MUNICIPAL, EM 10 DE SETEMBRO DE 1959, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1206/lei_n_005_1959.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1206/lei_n_005_1959.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS E ATOS DO PREFEITO MUNICIPAL DE PARINTINS, SR. LOURIVAL REBELO D´ALBUQUERQUE FILHO, RELATIVAMENTE AO PERÍODO FINANCEIRO QUE VAI DE 1º DE JANEIRO A 30 DE JUNHO DE 1959.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1205/lei_n_004_1959.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1205/lei_n_004_1959.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 1/59, BAIXADO PELO SR. CHEFE DO EXECUTIVO MUNICIPAL, AD-REFERENDUM DA CÂMARA MUNICIPAL DE PARINTINS, EM 10 DE SETEMBRO DE 1959, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1203/lei_n_002_1959.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1203/lei_n_002_1959.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIREITOS A PRELAZIA DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1204/lei_n_001_1959.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1204/lei_n_001_1959.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS E ATOS APRESENTADOS PELO SR. PREFEITO MUNICIPAL, LOURIVAL REBELO D´ALBUQUERQUE FILHO.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1202/lei_n_028_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1202/lei_n_028_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 13/57, QUE REVOGA O DECRETO Nº 9 DE 2 DE AGOSTO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1201/lei_n_027_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1201/lei_n_027_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 9/57, QUE INSTITUI A COBRANÇA PRÓ-ASSOCIAÇÃO COMERCIAL DE PARINTINS (ACP), COMO AUXÍLIO A CONSTRUÇÃO DO PRÉDIO PRÓPRIO DA REFERIDA ENTIDADE DE CLASSE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1200/lei_n_026_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1200/lei_n_026_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 3/57, QUE MODIFICA A TABELA DE COBRANÇA "TAXA DE CARGA E DESCARGA", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1199/lei_n_025_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1199/lei_n_025_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 2/57, QUE ABRE CRÉDITO ESPECIAL, PARA OCORRER ÁS DESPESAS DECORRENTES DA CONSTRUÇÃO DE UM MURO DE ARRIMO E ATERRO PARA O AMPLIAMENTO DE UM TRECHO DA RUA RUI BARBOSA DESTA CIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1198/lei_n_024_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1198/lei_n_024_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 18/57, QUE SUPLEMENTA VERBAS DE LIMPEZA PÚBLICA E PARTICULAR E SAÚDE PÚBLICA (MATERIAL DE CONSUMO) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1197/lei_n_023_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1197/lei_n_023_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 17/57, QUE ABRE CRÉDITO ESPECIAL, PARA FAZER FACE AS DESPESAS DE AQUISIÇÃO DE UM TERRENO E CONSTRUÇÃO DE UM PRÉDIO DESTINADO A INSTALAÇÃO DE UMA USINA DE LUZ NO BAIRRO SÃO BENEDITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1196/lei_n_022_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1196/lei_n_022_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 16/57, QUE SUPLEMENTA A VERBA DE PERCENTAGEM SOBRE COBRANÇAS E CONSTRUÇÃO DE UM MURO DE ARRIMO E ATERRO, PARA O PLANEJAMENTO DA PAVIMENTAÇÃO DA ESTRADA PARINTINS - PARANANEMA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1195/lei_n_021_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1195/lei_n_021_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 12/57, QUE INSTITUI UMA PENSÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1194/lei_n_020_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1194/lei_n_020_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 7/57, QUE AUTORIZA O EXECUTIVO MUNICIPAL DE PARINTINS, ADQUIRIR UM SERVIÇO TELEFONICO PARA ESTA CIDADE E ABRE NO ORÇAMENTO VIGENTE O CRÉDITO ESPECIAL, PARA OCORRER AS PRIMEIRAS DESPESAS DECORRENTES DA AQUISIÇÃO EM APREÇO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1193/lei_n_019_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1193/lei_n_019_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 14/57, QUE ABRE CRÉDITO ESPECIAL PARA OCORRER A DESPESA DE AQUISIÇÃO DE UM MOTOR PARA O SERVIÇO DE ABASTECIMENTO D`ÁGUA DA CIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1192/lei_n_018_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1192/lei_n_018_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 6/57, QUE AUMENTA A "TAXA DE RODÁGIO" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1191/lei_n_017_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1191/lei_n_017_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 11/57, QUE INSTITUI LUTO OFICIAL POR TRÊS (3) DIAS.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1190/lei_n_016_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1190/lei_n_016_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 1/57, QUE CONCEDE O PRAZO DE (30) TRINTA DIAS E (60) SESSENTA DIAS, RESPECTIVAMENTE, NA SEDE E INTERIOR DO MUNICÍPIO, PARA PAGAMENTO SEM MULTA DOS IMPOSTOS EM ATRASO.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1189/lei_n_015_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1189/lei_n_015_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 8/57, QUE DETERMINA A ASSINATURA DO CONVÊNIO PARA APLICAÇÃO DE VERBAS RODOVIÁRIAS, ENTRE O MUNICÍPIO DE PARINTINS E DEPARTAMENTO AUTONOMO DE ESTRADAS DE RODAGEM DO ESTADO DO AMAZONAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1188/lei_n_014_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1188/lei_n_014_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 15/57, QUE ABRE CRÉDITO ESPECIAL PARA PAGAMENTO DE CONTAS DOS EXERCÍCIOS ANTERIORES  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1187/lei_n_013_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1187/lei_n_013_1957.pdf</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS DO EXECUTIVO MUNICIPAL, REFERENTE AO PERÍODO FINANCEIRO COMPREENDIDO ENTRE 1° DE JANEIRO E 30 DE DE JUNHO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1186/lei_n_012_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1186/lei_n_012_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 3/56, QUE CRIA O DEPARTAMENTO DE COLONIZAÇÃO, PRODUÇÃO E CONSUMO DO MUNICÍPIO DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1185/lei_n_011_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1185/lei_n_011_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 7/56, QUE ABRE NO ORÇAMENTO VIGENTE, CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1184/lei_n_010_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1184/lei_n_010_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 6/56, QUE ABRE NO ORÇAMENTO VIGENTE, CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1183/lei_n_009_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1183/lei_n_009_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 5/56, QUE ABRE NO ORÇAMENTO VIGENTE, CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1182/lei_n_008_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1182/lei_n_008_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 10/56, QUE ABRE NO ORÇAMENTO VIGENTE,O CRÉDITO SUPLEMENTAR, PARA OCORRER A DIVERSAS DOTAÇÕES DO ATUAL EXERCÍCIO FINANCEIRO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1181/lei_n_007_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1181/lei_n_007_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 12/56, QUE INSTITUI O DEPARTAMENTO DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1180/lei_n_006_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1180/lei_n_006_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 11/56, QUE AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A SOLICITAR AO COMANDO DA 8ª REGIÃO MILITAR, COM SEDE EM BELÉM, CAPITAL DO ESTADO DO PARÁ, A CRIAÇÃO DO TIRO DE GUERRA DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1179/lei_n_005_1957..pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1179/lei_n_005_1957..pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 8/56, DE AUTORIA DO SENHOR PREFEITO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1178/lei_n_004_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1178/lei_n_004_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 13/56, QUE ISENTA DOS IMPOSTOS A PRELAZIA DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1177/lei_n_003_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1177/lei_n_003_1957.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO N° 4/56, BAIXADO PELO CHEFE DO EXECUTIVO MUNICIPAL , EM 11 DE SETEMBRO DE 1956, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1176/lei_n_002_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1176/lei_n_002_1957.pdf</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS DO PREFEITO MUNICIPAL DE PARINTINS , NO PERÍODO FINANCEIRO QUE VAI DE 1º DE JULHO Á 31 DE DEZEMBRO DE 1956.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1175/lei_n_001_1957.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1175/lei_n_001_1957.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA AQUISIÇÃO DE CONJUGADOS ELÉTRICOS , PARA OS SERVIÇOS DE FORÇA E LUZ DA CIDADE DE PARINTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1956/1174/lei_n_009_1956.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1956/1174/lei_n_009_1956.pdf</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS DO PREFEITO LOURIVAL REBELO D`ALBUQUERQUE FILHO, NO PERÍODO DE 14 DE JANEIRO A 30 DE JUNHO DE 1956.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1956/1173/lei_n_008_1956.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1956/1173/lei_n_008_1956.pdf</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS DO EX-PREFEITO GENTIL AUGUSTO BELÉM, REFERENTES AO PERÍODO DE 1º DE JULHO DE 1955 À 14 DE JANEIRO DE 1956.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1303/lei_no_026_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1303/lei_no_026_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO RURAL DE PARINTINS.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1302/lei_no_025_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1302/lei_no_025_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO COMERCIAL DE PARINTINS.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1287/lei_no_008_1953_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1287/lei_no_008_1953_cmp.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 8, DE 30 DE DEZEMBRO DE 1952, BAIXADO PELO CIDADÃO GENTIL AUGUSTO BELÉM, PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1301/lei_no_022_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1301/lei_no_022_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>ANULA A LEI Nº 3, DE 12 DE MAIO DE 1952.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1300/lei_no_021_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1300/lei_no_021_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>REVIGORA A LEI Nº 27, DE 5 DE JUNHO DE 1948</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1299/lei_no_020_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1299/lei_no_020_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PAGAMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1285/lei_no_007_1953_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1285/lei_no_007_1953_cmp.pdf</t>
   </si>
   <si>
     <t>SUPLEMENTA A DOTAÇÃO Nº 1, DO ART. 2º, DA LEI Nº 37, DE 19 DE DEZEMBRO DE 1952.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1298/lei_no_019_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1298/lei_no_019_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPENSA MULTAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1297/lei_no_018_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1297/lei_no_018_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO DE "ARMANDO PRADO" Á RUA VULGARMENTE CONHECIDA POR "RUA NOVA".</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1296/lei_no_017_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1296/lei_no_017_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>AUMENTA A PENSÃO MENSAL INSTITUIDA PELO DECRETO-LEI Nº 4, DE 28 DE ABRIL DE 1947.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1283/lei_no_006_1953_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1283/lei_no_006_1953_cmp.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO PREFEITO GENTIL AUGUSTO BELÉM , RELATIVAS AO PRIMEIRO SEMESTRE DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1281/lei_no_005_1953_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1281/lei_no_005_1953_cmp.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 55; §1º DO ART. 85; ART. 86 E § 1º DO ART. 94 DA LEI Nº 2, DE 15 DE DEZEMBRO DE 1952.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1295/lei_no_015_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1295/lei_no_015_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>ABRE NO ORÇAMENTO VIGENTE , CRÉDITO SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1294/lei_no_014_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1294/lei_no_014_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>PERPÉTUA NO CEMITÉRIO PÚBLICO , A SEPULTURA ONDE ENCONTRAM-SE INHUMADOS OS RESTOS MORTAIS DE AMARO ALVES DA SILVA.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1293/lei_no_013_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1293/lei_no_013_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA  DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1292/lei_no_012_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1292/lei_no_012_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL, PARA OCORRER AO PAGAMENTO DAS DESPESAS EFETUADAS COM AS FEIRAS-LIVRES, COM INCENTIVO Á LAVOURA, NO EXERCÍCIO DE 1952.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1290/lei_no_011_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1290/lei_no_011_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>MODIFICA O HORÁRIO PARA FUNCIONAMENTO DAS BARBEARIAS.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1289/lei_no_010_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1289/lei_no_010_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO DE MÓVEIS PARA AS ESCOLAS MANTIDAS PELA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1288/lei_no_009_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1288/lei_no_009_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1286/lei_no_008_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1286/lei_no_008_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1284/lei_no_007_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1284/lei_no_007_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ESPECIAL PARA ATENDER AO PAGAMENTO DAS DESPESAS EFETUADAS COM O TÉRMINO DA RECONSTRUÇÃO DO TRAPICHE MUNICIPAL.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1282/lei_no_006_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1282/lei_no_006_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ESPECIAL DE CR.$ 40.000,00 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1280/lei_no_005_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1280/lei_no_005_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ESPECIAL DE CR.$ 4.100,00 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1278/lei_no_004_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1278/lei_no_004_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE UM CRÉDITO ESPECIAL DE CR.$ 5.000 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1276/lei_no_003_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1276/lei_no_003_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AQUISIÇÃO DE IMÓVEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1275/lei_no_002_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1275/lei_no_002_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AQUISIÇÃO DE UM MOTOR E UMA CANOA.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1274/lei_no_001_1953_pgmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1274/lei_no_001_1953_pgmp.pdf</t>
   </si>
   <si>
     <t>FICA PRORROGADO ATÉ O DIA TRINTA (30) DE JULHO DO CORRENTE ANO , O PRAZO PARA PAGAMENTO SEM MULTA , DE TODOS OS IMPOSTOS DEVIDOS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1279/lei_no_004_1953_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1279/lei_no_004_1953_cmp.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO N° 1 , DE 10 DE MARÇO DE 1953, BAIXADO PELO SENHOR PREFEITO MUNICIPAL, QUE CRIA NO MUNICÍPIO DE PARINTINS  A COMISSÃO MUNICIPAL DE FISCALIZAÇÃO AO ENSINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1277/lei_no_003_1953_cmp.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1277/lei_no_003_1953_cmp.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO PREFEITO GENTIL AUGUSTO BELÉM NO PERÍODO DE 16 DE JULHO DE A 31 DE DEZEMBRO DE 1952.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1952/1172/lei_n_016_1952.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1952/1172/lei_n_016_1952.pdf</t>
   </si>
   <si>
     <t>CONSIDERA FERIADO MUNICIPAL O DIA 15 DE OUTUBRO DE 1952.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1171/lei_n_026_1948.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1171/lei_n_026_1948.pdf</t>
   </si>
   <si>
     <t>FICA CONSIDERADO FERIADO EM TODO MUNICÍPIO DE PARINTINS, O DIA 16 DE JULHO EM HOMENAGEM A NOSSA SENHORA DO CARMO, PADROEIRA DESTA CIDADE.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1170/lei_n_017_1948.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1170/lei_n_017_1948.pdf</t>
   </si>
   <si>
     <t>ABRE NO ORÇAMENTO VIGENTE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1169/lei_n_016_1948.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1169/lei_n_016_1948.pdf</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1168/lei_n_015_1948.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1168/lei_n_015_1948.pdf</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1167/lei_n_014_1948.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1167/lei_n_014_1948.pdf</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1166/lei_n_013_1948.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1166/lei_n_013_1948.pdf</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1165/lei_n_012_1948.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1165/lei_n_012_1948.pdf</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1164/lei_n_008_1948.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1164/lei_n_008_1948.pdf</t>
   </si>
   <si>
     <t>DESAPROPRIA POR UTILIDADE PÚBLICA , O TERRENO SITUADO NESTA CIDADE A PRAÇA "10 DE NOVEMBRO".</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1163/lei_n_007_1948.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1163/lei_n_007_1948.pdf</t>
   </si>
   <si>
     <t>CRIA ESCOLAS NESTA CIDADE DE PARINTINS E NO INTERIOR DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1162/lei_n_006_1948.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1162/lei_n_006_1948.pdf</t>
   </si>
   <si>
     <t>APROVA O DECRETO Nº 1 DE 20 DE DEZEMBRO DE 1947, BAIXADO PELO PREFEITO MUNICIPAL DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1161/lei_n_004_1948.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1161/lei_n_004_1948.pdf</t>
   </si>
   <si>
     <t>CRIA O DEPARTAMENTO DE TERRAS DA PREFEITURA MUNICIPAL DE PARINTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
-    <t>https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1947/1160/lei_n_001_1947.pdf</t>
+    <t>http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1947/1160/lei_n_001_1947.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O SENHOR PREFEITO MUNICIPAL DE PARINTINS AUSENTAR-SE DESTE MUNICÍPIO PELO PRAZO DE TRINTA DIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -11674,66 +11821,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1320/lei_n_1027_2025_pgmp_loa.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1319/lei_no_1026_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1318/lei_n_1025_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1317/lei_n_1024_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1316/lei_n_1023_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1315/lei_n_1022_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1314/lei_n_1021_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1313/lei_n_1020_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1312/lei_n_1019_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1311/lei_n_1018_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1310/lei_n_1017_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1309/lei_n_1016_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1291/lei_n_1015_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1272/lei_n_1014_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1271/lei_n_1013_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1270/lei_n_1012_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1269/lei_n_1011_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1268/lei_n_1010_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1267/lei_n_1009_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1266/lei_n_1008_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1265/lei_n_1007_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1264/lei_n_1006_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1261/lei_n_1005_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1260/lei_n_1004_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1259/lei_n_1003_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1258/lei_n_1002_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1257/lei_n_1001_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1256/lei_n_1000_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1255/lei_n_999_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1254/lei_n_998_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1253/lei_n_997_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1158/lei_n_996_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1157/lei_n_995_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1156/lei_n_994_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1155/lei_n_993_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1252/lei_n_992_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1251/lei_n_991_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1250/lei_n_990_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1249/lei_n_989_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1248/lei_n_988_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1247/lei_n_987_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1273/lei_n_986_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/812/lei_n_985_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/811/lei_n_984_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/810/lei_n_983_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/808/lei_n_982_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/807/lei_n_981_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/836/lei_no_980-2025-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/970/lei_no_979_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/969/lei_no_978_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/968/lei_no_977_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/967/lei_no_976_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/966/lei_no_975_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/965/lei_no_974_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/800/lei_n_973_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/799/lei_n_972_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/798/lei_n_971_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/797/lei_n_970_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/796/lei_n_969_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/795/lei_n_968_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/794/lei_n_967_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/793/lei_n_966_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/792/lei_n_965_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/791/lei_n_964_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/790/lei_n_963_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/789/lei_n_962_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/788/lei_n_961_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/787/lei_n_960_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/786/lei_n_959_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/785/lei_n_958_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/784/lei_n_957_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/783/lei_n_956_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/782/lei_n_955_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/781/lei_n_954_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/780/lei_n_953_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/779/lei_n_952_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/778/lei_n_951_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/777/lei_n_950_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/776/lei_n_949_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/775/lei_n_948_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/774/lei_n_947_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/773/lei_n_946_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/772/lei_n_945_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/801/lei_n_944_2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/770/lei_n._943-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/769/lei_n._942-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/768/lei_n._941-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/767/lei_n._940-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/766/lei_n._939-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/765/lei_n._938-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/764/lei_n._937-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/763/lei_n._936-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/762/lei_n._935-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/761/lei_n._934-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/760/lei_n._933-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/759/lei_n._932-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/758/lei_n._931-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/757/lei_n._930-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/756/lei_n._929-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/755/lei_n._928-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/754/lei_n._927-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/753/lei_n._926-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/752/lei_n._925-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/732/lei_n._924-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/731/lei_n._923-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/730/lei_n._922-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/729/lei_n._921-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/728/lei_n._920-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/727/lei_n._919-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/726/lei_n._918-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/724/lei_n._917-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/723/lei_n._916-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/722/lei_n._915-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/721/lei_n._914-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/720/lei_n._913-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/719/lei_n._912-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/718/lei_n._911-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/717/lei_n._910-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/716/lei_n._909-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/715/lei_n._908-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/714/lei_n._907-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/713/lei_n._906-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/712/lei_n._905-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/711/lei_n._904-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/710/lei_n._903-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/709/lei_n._902-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/708/lei_n._901-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/707/lei_n._900-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/706/lei_n._899-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/705/lei_n._898-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/704/lei_n._897-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/703/lei_n._896-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/702/lei_n._895-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/701/lei_n._894-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/700/lei_n._893-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/699/lei_n._892-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/698/lei_n._891-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/697/lei_n._890-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/696/lei_n._889-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/695/lei_n._888-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/694/lei_n._887-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/693/lei_n._886-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/979/lei_no_885-2023-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/978/lei_no_884-2023-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/687/lei_n._882-2023-pgmp.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/680/lei_n._881-2023-pgmp.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/679/lei_n._880-2023-pgmp.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/678/lei_n._879-2023-pgmp.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/677/lei_n._878-2023-pgmp.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/977/lei_no_877-2023-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/976/lei_no_876-2023-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/975/lei_no_875-2023-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/974/lei_no_874-2023-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/973/lei_no_873-2023-pgmp_e_publicacao_refis.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/972/lei_no_872-2023-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/671/lei_n._870-2023_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/685/lei_n._871-2023_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/684/lei_n._869-2023_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/683/lei_n._868-2023_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/682/lei_n._867-2023_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/681/lei_n._866-2023_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/665/lei_n._865-2023-pgmp.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/971/lei_no_864-2023-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/981/lei_no_863-2022-pgmp_e_publicacao_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/662/lei_n._862-2022_-_pgmp_utilidade_publica_associacao_dom_gino.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/980/lei_no_861-2022-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/661/lei_n._860-2022_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/596/lei_n._859-2022_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/595/lei_n._858-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/592/lei_n._857-2022_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/591/lei_n._856-2022_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/442/lei_n._855-2022-_cmp.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/524/lei_no_853-2022-pgmp_e_publicacao_-_ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/429/lei_n._852-2022_-_pgmp_conselho_municipal_de_defesa_dos_direitos_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/428/lei_n._851-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/427/lei_n._850-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/426/lei_n._849-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/425/lei_n._848-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/424/lei_n._847-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/423/lei_n._846-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/422/lei_n._845-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/421/lei_n._844-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/420/lei_n._843-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/419/lei_n._842-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/418/lei_n._841-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/417/lei_n._840-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/416/lei_n._839-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/415/lei_n._838-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/414/lei_n._837-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/413/lei_n._836-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/412/lei_n._835-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/411/lei_n._834-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/410/lei_n._833-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/409/lei_n._832-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/408/lei_n._831-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/407/lei_n._830-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/406/lei_n._829-2022_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/404/lei_n._827-2022_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/405/lei_n._828-2022_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/403/lei_826_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/399/lei_825_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/398/lei_824_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/397/lei_823_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/396/lei_822_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/395/lei_821_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/394/lei_820_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/393/lei_819_2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/392/lei_818_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/391/lei_817_2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/390/lei_816_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/389/lei_815_2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/388/lei_814_2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/387/lei_813_2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/384/lei_812_2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/383/lei_811_2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/382/lei_810_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/381/lei_809_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/380/lei_808_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/379/lei_807_2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/378/lei_806_2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/377/lei_805_2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/376/lei_804_2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/375/lei_803_2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/365/lei_802_2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/402/lei_801_2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/374/lei_800_2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/373/lei_799_2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/372/lei_798_2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/371/lei_797_2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/370/lei_796_2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/369/lei_795_2021_ppa_2022_2025..pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/368/lei_794_2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/367/lei_793_2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/366/lei_792_2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/363/lei_791_2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/362/lei_790_2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/361/lei_789_2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/360/lei_788_2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/224/lei_787_2021_ldo_ano_2022..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/222/lei_786_2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/221/lei_785_2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/216/lei_784_2021-pgmp_-_refis_2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/220/lei_783_2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/219/lei_782_2020.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/218/lei_781_2020.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/217/lei_780_2020.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/349/lei_779_2020_loa.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/215/lei_778_2020.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/214/lei_777_2020_ldo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/213/lei_776_2020.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/212/lei_775_2020.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/211/lei_774_2020.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/210/lei_773_2020.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/209/lei_772_2020.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/208/lei_771_2020.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/207/lei_770-2020.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/206/lei_769_2020.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/205/lei_768_2020.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/204/lei_767_2020.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/203/lei_766_2020.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/202/lei_765_2020.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/201/lei_764_2020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/200/lei_763_2020.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/199/lei_762_2020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/196/lei_no_761-2020-pgmp-_consignados.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/198/lei_760_2020.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/197/lei_759_2020.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/36/lei_758_2019.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/37/lei_756_2019.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/35/lei_754_2019.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/34/lei_753_2019.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/33/lei_752_2019.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/32/lei_751_2019.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/31/lei_750_2019.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/30/lei_749_2019.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/29/lei_748_2019.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/28/lei_747_2019.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/27/lei_746_2019.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/26/lei_745_2019.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/25/lei_744_2019.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/24/lei_743_2019.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/23/lei_742_2019.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/22/lei_741_2019.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/21/lei_740_2019.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/20/lei_739_2019.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/19/lei_738_2019.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/18/lei_737_2019.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/17/lei_736_2019.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/16/lei_735_2019.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/15/lei_734_2019.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/14/lei_733_2019.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/13/lei_732_2019.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/12/lei_731_2019.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/11/lei_730_2019.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/10/lei_729_2019.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/9/lei_728_2019.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/8/lei_727_2019.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/7/lei_726_2019.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/6/lei_725_2019.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/5/lei_724_2019.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/4/lei_723_2019.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/3/lei_722_2019.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/2/lei_721_2019.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/1/lei_720_2019.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/108/lei_718_2018.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/107/lei_717_2018.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/106/lei_716_2018.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/95/lei_715_2018.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/94/lei_714_2018.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/93/lei_713_2018.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/92/lei_712_2018.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/91/lei_711_2018.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/90/lei_710_2018.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/105/lei_709_2018.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/104/lei_708_2018.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/109/lei_719_2018_loa.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/103/lei_707_2018.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/102/lei_706_2018.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/101/lei_705_2018.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/100/lei_704_2018.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/99/lei_703_2018.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/98/lei_702_2018_ldo.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/97/lei_701_2018.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/96/lei_700_2018.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/86/lei_699_2018.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/84/lei_698_2018.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/83/lei_697_2018.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/82/lei_696_2018.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/80/lei_695_2018.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/79/lei_694_2018.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/78/lei_693_2018.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/77/lei_692_2018.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/75/lei_691_2018.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/72/lei_690_2018.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/89/lei_689_2017.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/986/lei_688_2017_pgmp.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/88/lei_687_2017.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/87/lei_686_2017.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/85/lei_685_2017.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/81/lei_684_2017_loa.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/76/lei_683_2017.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/74/lei_682_2017.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/71/lei_681_2017.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/69/lei_680_2017.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/67/lei_679_2017.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/66/lei_678_2017_ppa.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/64/lei_677_2017_ldo.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/61/lei_676_2017.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/59/lei_675_2017.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/57/lei_674_2017.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/985/lei_673_2017_pgmp.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/55/lei_672_2017.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/52/lei_671_2017.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/49/lei_670_2017.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/46/lei_669_2017.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/43/lei_668_2017.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/39/lei_667_2017.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/984/lei_666_2017_pgmp.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/983/lei_665_2017_pgmp.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/982/lei_664_2017_pgmp.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/68/lei_661_2016.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/65/lei_660_2016.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/73/lei_663_2016.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/70/lei_662_2016.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/63/lei_654_2016.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/62/lei_653_2016.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/60/lei_652_2016.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/58/lei_651_2016.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/56/lei_650_2016.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/54/lei_649_2016.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/53/lei_648_2016.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/51/lei_647_2016.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/50/lei_646_2016.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/48/lei_645_2016.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/47/lei_644_2016.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/45/lei_643_2016.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/44/lei_642_2016.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/42/lei_641_2016.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/41/lei_640_2016.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/40/lei_639_2016.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/38/lei_638_2016.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/157/lei_637_2015.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/156/lei_636_2015.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/155/lei_635_2015.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/154/lei_634_2015.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/153/lei_633_2015.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/152/lei_632_2015.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/151/lei_631_2015.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/150/lei_630_2015.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/149/lei_629_2015.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/148/lei_628_2015.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/147/lei_627_2015.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/145/lei_626_2015.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/144/lei_625_2015.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/143/lei_624_2015.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/141/lei_623_2015.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/140/lei_622_2015.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/139/lei_621_2015.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/137/lei_620_2015.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/136/lei_619_2015.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/988/lei_no_618_2015_pgmp.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/135/lei_617_2015.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/134/lei_616_2015.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/133/lei_615_2015.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/131/lei_614_2015.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/130/lei_613_2015.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/129/lei_612_2015.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/128/lei_611_2015.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/127/lei_610_2015.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/126/lei_609_2015.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/124/lei_608_2015.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/123/lei_607_2015.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/987/lei_no_606_2015_pgmp.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/121/lei_605_2015.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/120/lei_604_2015.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/119/lei_603_2015.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/117/lei_602_2015.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/115/lei_601_2015.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/113/lei_600_2015.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/111/lei_599_2015.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/146/lei_598_2014.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/142/lei_597_2014.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/992/lei_no_596_2014_pgmp.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/138/lei_595_2014.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/991/lei_no_594_2014_pgmp.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/132/lei_593_2014.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/125/lei_592_2014.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/990/lei_no_591_2014_pgmp.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/122/lei_590_2014.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/118/lei_589_2014.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/116/lei_588_2014.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/989/lei_no_584_2014_pgmp.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/193/lei_580_2013.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/114/lei_587_2014.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/112/lei_586_2014.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/110/lei_585_2014.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/195/lei_582_2013.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/194/lei_581_2013.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/192/lei_579_2013.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/191/lei_578_2013.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/190/lei_577_2013.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/189/lei_576_2013.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/188/lei_575_2013.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/187/lei_574_2013.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/186/lei_573_2013.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/995/lei_no_583_2013_pgmp.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/185/lei_572_2013.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/184/lei_571_2013.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/183/lei_570_2013.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/994/lei_no_569_2013_pgmp.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/182/lei_568_2013.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/993/lei_no_567_2013_pgmp.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/181/lei_566_2013.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/180/lei_565_2013.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/179/lei_564_2013.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/178/lei_563_2013.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/177/lei_562_2013.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/176/lei_561_2013.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/175/lei_560_2013.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/174/lei_559_2013.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/173/lei_558_2013.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/172/lei_557_2013.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/171/lei_556_2013.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/170/lei_555_2013.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/169/lei_554_2013.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/168/lei_553_2013.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/167/lei_552_2013.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/166/lei_551_2013.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/165/lei_550_2013.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/164/lei_549_2013.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/163/lei_548_b_2013.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/996/lei_no_580_2013_pgmp.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/162/lei_548_a_2013.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/161/lei_548_2013.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/160/lei_547_2013.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/159/lei_546_2013.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/158/lei_545_2013.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/254/lei_544_2012.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/253/lei_543_2012.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/252/lei_542_2012_loa.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/251/lei_541_2012.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/250/lei_540_2012.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/249/lei_539_2012.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/248/lei_538_2012.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/247/lei_537_2012.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/246/lei_536_2012.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/245/lei_535_2012.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/244/lei_534_2012.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/243/lei_533_2012.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/242/lei_532_2012.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/241/lei_531_2012.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/240/lei_530_2012.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/239/lei_529_2012.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/238/lei_528_2012.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/237/lei_527_2012.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/236/lei_526_2012.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/235/lei_525_2012.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/234/lei_524_2012.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/233/lei_523_2012.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/232/lei_522_2012.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/231/lei_521_2012.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/230/lei_520_2012.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/228/lei_519_2012.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/225/lei_518_2012.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/227/lei_517_2012_passagens_e_diarias_pdf.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/226/lei_516_2012_gasolina_pdf.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/275/lei_515_2011.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/274/lei_514_2011.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/273/lei_513_2011.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/272/lei_512_2011_reforma_e_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/271/lei_511_2011.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/270/lei_510_2011_loa.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/269/lei_509_2011.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/268/lei_508_2011.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/267/lei_507_2011_ldo.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/266/lei_506_2011.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/265/lei_505_2011.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/264/lei_504_2011.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/263/lei_503_2011.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/262/lei_502_2011.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/261/lei_501_2011.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/260/lei_500_2011.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/259/lei_499_2011.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/258/lei_498_2011.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/257/lei_497_2011.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/256/lei_496_2011.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1013/lei_n_495_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1012/lei_n_494_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1011/lei_n_493_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1010/lei_n_492_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/348/lei_491_2010-pgmp.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1009/lei_n_490_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1008/lei_n_489_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1007/lei_n_488_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1006/lei_n_487_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1005/lei_n_486_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1004/lei_n_485_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1003/lei_n_484_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/291/lei_483_2010.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/290/lei_482_2010.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/289/lei_481_2010.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/288/lei_480_2010.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/287/lei_479_2010.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/286/lei_478_2010.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/285/lei_477_2010.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1002/lei_n_476_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/284/lei_475_2010.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1017/lei_no_474_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/283/lei_473_2010.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/282/lei_472_2010.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/281/lei_471_2010.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/280/lei_470_2010.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/279/lei_469_2010.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/278/lei_468_2010.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/277/lei_467_2010.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/276/lei_466_2010.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1001/lei_n_465_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1000/lei_n_464_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/999/lei_n_463_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/998/lei_n_462_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/997/lei_n_461_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/312/lei_460_2009.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/311/lei_459_2009.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/310/lei_458_2009.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/309/lei_457_2009.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/308/lei_456_2009.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/307/lei_455_2009.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/306/lei_454_2009.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/305/lei_453_2009.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/304/lei_452_2009.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/303/lei_451_2009.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/302/lei_450_2009.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/301/lei_449_2009.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/300/lei_448_2009.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/299/lei_447_2009.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/298/lei_446_2009.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/297/lei_445_2009.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/296/lei_444_2009.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/1014/lei_n_443_2009_pgmp.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/295/lei_442_2009.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/294/lei_441_2009.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/293/lei_440_2009.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/292/lei_439_2009.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/347/lei_438_2008_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/332/lei_437_2008.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/331/lei_436_2008.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/330/lei_435_2008.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/329/lei_434_2008.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/328/lei_433_2008.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/327/lei_432_2008.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/326/lei_431_2008.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/325/lei_430_2008.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/324/lei_428_2008.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/323/lei_427_2008.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/322/lei_426_2008.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/321/lei_425_2008.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/1019/lei_n_424_2008_pgmp.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/320/lei_422_2008.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/319/lei_421_2008.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/318/lei_420_2008.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/317/lei_419_2008.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/316/lei_418_2008.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/1018/lei_n_417_2008_pgmp.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/315/lei_416_2008..pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/314/lei_415_2008.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/313/lei_414_2008.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/1015/lei_n_416_2008_pgmp_1.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/1016/lei_n_416a_2008_pgmp_2.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/359/lei_415_2007.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/358/lei_414_2007.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/357/lei_413_2007.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/356/lei_412_2007.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/355/lei_411_2007.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/354/lei_410_2007.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/353/lei_409_2007.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/352/lei_408_2007.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/351/lei_407_2007.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/350/lei_406_2007.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/346/lei_405_2007.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/345/lei_404_2007.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/344/lei_403_2007.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/343/lei_402_2007.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/342/lei_401_2007.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/341/lei_400_2007.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/340/lei_399_2007.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/339/lei_398_2007.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/338/lei_397_2007.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/337/lei_396_2007.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/336/lei_395_2007.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/335/lei_394_2007.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/334/lei_393_2007.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/333/lei_392_2007.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/440/lei_no_391-07.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/443/lei_no_390-07.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/444/lei_no_389-07.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/466/lei_no_388-06_-_lei_orcamentaria_anual_2007.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/465/lei_no_387-06_institui_o_codigo_ambiental_do_mun_de_pin.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/464/lei_no_386-06_dispoe_sobre_o_perimetro_urbano_de_parintins.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/463/lei_no_385-06_dispoe_sobre_a_permuta_de_bem_publico.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/462/lei_no_384-06_concessao_da_medalha_do_merito_ao_sr._jacob_mo.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/461/lei_no_383-06_concessao_da_medalha_do_merito_ao_sr._aldemar_.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/460/lei_no_382-06_criacao_do_uniforme_escolar_padrao_para_alunos.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/459/lei_no_381-06_lei_das_diretrizes_orcamentaria_2007.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/458/lei_no_380-06_dar_redacao_aos_art._180181_da_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/457/lei_no_379-06_explor_dos_recursos_pesqueiros.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/456/lei_no_378-06_considera_util_pub_a_assoc_comercial_de_pin.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/455/lei_no_377-06_considera_util_pub_inst_geograf_e_hist_de_pin.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/454/lei_no_376-06_estabelece_isencao_de_pagamento_iptu.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/453/lei_no_375-06_plano_diretor_parintins_-publicacao.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/452/lei_no_374-06_conselho_munic._de_seguranca_alimentar_e_nutri.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/450/lei_no_372-06_doacao_terreno_ceam.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/449/lei_no_371-06_desapropriacao_imovel_sandra_suely.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/448/lei_no_370-06_considera_util_pub_assoc_proj_festival_musica_.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/447/lei_no_369-06_doacao_terreno_dnit_porto_vila_amazonia.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/446/lei_no_368-06_doacao_terreno_dnit_porto_parintins.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/445/lei_no_367-06_subsidios_do_prefeito_e_vice_06_a_08.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/496/lei_no_366-05_ajusta_as_tarifas_de_agua_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/495/lei_no_365-05_reforma_administrativa.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/494/lei_no_364-05_reestrutura_o_cons._de_acomp_do_fundef.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/493/lei_no_363-05_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/492/lei_no_362-05_diretrizes_orc._2006_ldo.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/491/lei_no_361-05_fixa_a_des_ex._fin._2006_loa.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/490/lei_no_360-05_regulamentacao_da_contrib_de_ilumi_pulb.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/489/lei_no_359-05_criacao_do_dmtt.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/488/lei_no_358-05_credito_sup_de_70.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/487/lei_no_357-05_ppa_2006-2009.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/486/lei_no_356-05_estabelec_meios_de_defesa_atendimento_bancario.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/485/lei_no_355-05_autoriza_a_desapropriacao_localizado_na_rua_co.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/484/lei_no_354-05_declara_de_utilidade_pulb_a_coop_mista_dos_art.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/483/lei_no_353-05_autorizacao_consorcio_intermunicipal.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/1021/lei_n_018352_2005_aepmp.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/482/lei_no_351-05_bolsa_superior_compilada.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/481/lei_no_350-05_declara_de_utilidade_pulb_assoc_de_apoio_ao_de.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/480/lei_no_349-05_dispoe_sobre_a_politica_municipal_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/479/lei_no_348-05_serv_de_inspecao_municipal_-_sim.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/478/lei_no_347-05_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/477/lei_no_346-05_municipal_fixa_pequeno_valor_precatorio.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/476/lei_no_345-05_cria_cargos_em_comissao_e_funcoes_fixa_vencim.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/475/lei_no_344-05_declara_de_utilidade_pulb_o_clube_da_melhor_id.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/474/lei_no_343-05_autoriza_o_municipio_a_cobrar_multa_por_coloca.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/473/lei_no_342-05_criacao_do_cons_mun_da_condicao_feminina.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/472/lei_no_341-05_desapropriacao_f_e_prado__cia_ltda.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/1020/lei_no_340_2005_pgmp.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/471/lei_no_339-05_autoriza_reformas_administrativas.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/470/lei_no_338-05_institui_o_feriado_de_segunda_apos_o_festival.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/469/lei_no_337-05_autoriza_celebrar_convenios_acordos_etc.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/467/lei_no_335-05_cria_cons_mun_de_entorpecentes.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/964/lei_n_011334_2004_pgmp.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/963/lei_n_010333_2004_pgmp.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/962/lei_n_009332_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/961/lei_n_008331_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/960/lei_n_007330_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/959/lei_n_006329_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/958/lei_n_005328_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/957/lei_n_004327_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/956/lei_n_003326_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/955/lei_n_002325_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/954/lei_n_001324_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/953/lei_n_019323_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/952/lei_n_018322_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/951/lei_n_016321_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/950/lei_n_015320_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/949/lei_n_014319_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/948/lei_n_013318_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/947/lei_n_012317_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/946/lei_n_011316_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/945/lei_n_010315_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/944/lei_n_009314_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/943/lei_n_008313_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/942/lei_n_007312_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/941/lei_n_006311_2003_aepmp_publicada_sem_assinatura.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/940/lei_n_005310_2003_pgmp.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/932/lei_n_004309_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/928/lei_n_003308_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/924/lei_n_002307_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/922/lei_n_001306_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/939/lei_n_022305_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/938/lei_n_021304_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/937/lei_n_020303_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/936/lei_n_019302_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/935/lei_n_018301_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/934/lei_n_017300_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/933/lei_n_015299_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/931/lei_n_013297_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/930/lei_n_012296_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/929/lei_n_011295_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/927/lei_n_010294_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/926/lei_n_009293_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/925/lei_n_008292_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/923/lei_n_007291_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/921/lei_n_006290_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/917/lei_n_004288_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/920/lei_n_005289_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/915/lei_n_003287_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/914/lei_n_002286_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/913/lei_n_001285_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/908/lei_n_034284_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/907/lei_n_031281_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/903/lei_n_030280_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/902/lei_n_029279_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/900/lei_n_028278_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/898/lei_n_027277_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/896/lei_n_026276_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/892/lei_n_025275_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/891/lei_n_024274_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/890/lei_n_023273_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/887/lei_n_022272_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/886/lei_n_021271_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/885/lei_n_020270_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/884/lei_n_019269_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/883/lei_n_018268_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/882/lei_n_017267_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/881/lei_n_016266_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/880/lei_n_015265_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/879/lei_n_014264_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/877/lei_n_013263_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/873/lei_n_011261_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/870/lei_n_010260_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/868/lei_n_009259_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/866/lei_n_008258_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/875/lei_n_012262_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/1080/lei_no_256_2001_pgmp.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/865/lei_n_005255_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/864/lei_n_004254_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/863/lei_n_003253_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/862/lei_n_002252_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/860/lei_n_001251_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/919/lei_n_030248_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/918/lei_n_031249_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/916/lei_n_030248_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/912/lei_n_029247_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/911/lei_n_028246_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/910/lei_n_027245_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/909/lei_n_026244_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/906/lei_n_025243_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/905/lei_n_024242_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/904/lei_n_023241_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/901/lei_n_022240_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/899/lei_n_021239_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/897/lei_n_020238_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/895/lei_n_019237_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/894/lei_n_017235_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/893/lei_n_016234_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/889/lei_n_015233_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/888/lei_n_014232_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/878/lei_n_013231_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/876/lei_n_012230_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/874/lei_n_011229_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/872/lei_n_010228_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/871/lei_n_009227_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/869/lei_n_008226_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/867/lei_n_007225_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/861/lei_n_006224_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/859/lei_n_005223_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/853/lei_n_004222_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/850/lei_n_003221_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/847/lei_n_002220_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/842/lei_n_001219_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/858/lei_n_027218_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/857/lei_n_026217_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/856/lei_n_025216_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/855/lei_n_024215_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/854/lei_n_023214_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/852/lei_n_022213_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/851/lei_n_021212_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/849/lei_n_020211_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/848/lei_n_019210_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/846/lei_n_018209_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/844/lei_n_017208_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/843/lei_n_016207_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/841/lei_n_015206_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/840/lei_n_014205_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/839/lei_n_013204_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/838/lei_n_012203_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/837/lei_n_011202_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/835/lei_n_010201_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/834/lei_n_009200_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/833/lei_n_008199_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/832/lei_n_006197_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/831/lei_n_005196_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/829/lei_n_004195_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/827/lei_n_003194_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/824/lei_n_002193_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/823/lei_n_001192_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/830/lei_n_009191_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/828/lei_n_008190_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/826/lei_n_007189_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/825/lei_n_006188_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/822/lei_n_005187_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/821/lei_n_004186_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/820/lei_n_003185_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/819/lei_n_002184_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/818/lei_n_001183_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/817/lei_n_004182_1997.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/816/lei_n_003181_1997.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/814/lei_n_001179_1997.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/815/lei_n_002180_1997.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/813/lei_n_001178_1997.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/523/lei_n_177_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/522/lei_n_176_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/521/lei_n_175_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/519/lei_n_173_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/518/lei_n_172_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/517/lei_n_171_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/497/lei_n_001_1996_cmp.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/516/lei_n_170_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/515/lei_n_169_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/514/lei_n_168_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/513/lei_n_167_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/512/lei_n_166_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/511/lei_n_165_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/510/lei_n_164_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/509/lei_n_163_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/508/lei_n_161_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/507/lei_n_160_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/506/lei_n_158_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/505/lei_n_157_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/504/lei_n_156_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/503/lei_n_155_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/502/lei_n_154_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/501/lei_n_153_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/500/lei_n_152_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/499/lei_n_151_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/498/lei_n_150_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/537/lei_n_149_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/536/lei_n_148_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/535/lei_n_147_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/534/lei_n_146_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/533/lei_n_145_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/532/lei_n_144_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/531/lei_n_143_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/530/lei_n_142_1995_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/529/lei_n_141_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/528/lei_n_140_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/527/lei_n_139_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/526/lei_n_002_1995_cmp.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/525/lei_n_001_1995_cmp.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/549/lei_n_138_1994_pgmp.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/548/lei_n_137_1994_pgmp.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/547/lei_n_136_1994_pgmp.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/546/lei_n_135_1994_pgmp.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/545/lei_n_134_1994_pgmp.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/544/lei_n_133_1994_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/538/lei_n_001_1994_cmp.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/543/lei_n_132_1994_pgmp.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/542/lei_n_131_1994_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/541/lei_n_129_1994_pgmp.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/540/lei_n_128_1994_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/539/lei_n_126_1994_pgmp.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/575/lei_n_125_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/574/lei_n_124_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/573/lei_n_122_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/572/lei_n_121_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/571/lei_n_120_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/570/lei_n_119_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/569/lei_n_118_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/568/lei_n_117_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/567/lei_n_116_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/566/lei_n_115_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/565/lei_n_114_1993_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/564/lei_n_113_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/563/lei_n_112_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/562/lei_n_110_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/561/lei_n_109_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/560/lei_n_108_1993_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/559/lei_n_107_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/558/lei_n_106_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/550/lei_n_001_1993_cmp.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/557/lei_n_105_1993_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/556/lei_n_104_1993_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/555/lei_n_103_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/554/lei_n_102_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/553/lei_n_101_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/552/lei_n_100_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/551/lei_n_099_1993_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/1023/lei_n_096_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/589/lei_n_098_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/588/lei_n_094_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/587/lei_n_092_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/586/lei_n_089_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/585/lei_n_088_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/584/lei_n_087_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/583/lei_n_086_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/582/lei_n_085_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/581/lei_n_084_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/580/lei_n_083_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/579/lei_n_082_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/577/lei_n_080_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/576/lei_n_079_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/578/lei_n_081_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/599/lei_no_077_1991_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/598/lei_no_076_1991_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/597/lei_no_074_1991_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/594/lei_no_073_1991_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/593/lei_no_072_1991_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/590/lei_no_070_1991_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/604/lei_no_065_1990_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/603/lei_no_064_1990_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/602/lei_no_063_1990_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/601/lei_no_062_1990_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/600/lei_no_059_1990_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/610/lei_no_058_1989_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/609/lei_no_057_1989_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/608/lei_no_055_1989_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/607/lei_no_054_1989_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/606/lei_no_053_1989_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/620/lei_no_052_1988_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/619/lei_no_051_1988_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/618/lei_no_045_1988_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/617/lei_no_044_1988_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/616/lei_no_043_1988_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/615/lei_no_042_1989_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/614/lei_no_041_1988_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/613/lei_no_040_1988_pjpmp..pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/612/lei_no_039_1988_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/611/lei_no_038_1988_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/642/lei_no_035_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/641/lei_no_034_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/640/lei_no_033_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/639/lei_no_032_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/638/lei_no_031_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/637/lei_no_030_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/635/lei_no_028_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/634/lei_no_027_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/633/lei_no_026_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/632/lei_no_025_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/631/lei_no_024_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/630/lei_no_023_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/629/lei_no_022_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/628/lei_no_021_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/627/lei_no_020_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/626/lei_no_019_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/625/lei_no_018_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/624/lei_no_017_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/621/lei_no_014_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/623/lei_no_016_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/622/lei_no_015_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/654/lei_no_013_1986_-_aepmp..pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/653/lei_no_012_1986_-_aepmp..pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/652/lei_no_011_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/651/lei_no_009_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/650/lei_no_008_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/649/lei_no_007_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/648/lei_no_006_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/647/lei_no_005_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/646/lei_no_004_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/645/lei_no_003_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/644/lei_no_002_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/643/lei_n_001_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1153/lei_n_018_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1152/lei_n_017_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1151/lei_n_016_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1150/lei_n_015_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1149/lei_n_014_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1148/lei_n_013_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1147/lei_n_012_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1146/lei_n_011_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1145/lei_n_010_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1144/lei_n_009_1985_cmp.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1143/lei_n_008_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1142/lei_n_007_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/660/lei_n_006_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/659/lei_n_005_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/658/lei_n_004_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/657/lei_n_003_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/656/lei_n_002_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/655/lei_n_001_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1984/1141/lei_n_045_1984_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1140/lei_n_019_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1139/lei_n_018_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1138/lei_n_017_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1137/lei_n_016_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1136/lei_n_015_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1135/lei_n_014_083_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1134/lei_n_013_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1133/lei_n_012_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1132/lei_n_011_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1131/lei_n_010_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1130/lei_n_009_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1129/lei_n_008_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1128/lei_n_007_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1127/lei_n_006_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1126/lei_n_005_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1125/lei_n_004_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1124/lei_n_003_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1123/lei_n_002_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1122/lei_n_001_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1121/lei_n_018_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1120/lei_n_017_1982_aepmp..pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1119/lei_n_016_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1118/lei_n_015_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1117/lei_n_014_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1116/lei_n_012_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1115/lei_n_011_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1114/lei_n_010_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1113/lei_n_009_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1112/lei_n_008_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1108/lei_n_004_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1111/lei_n_007_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1110/lei_n_006_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1109/lei_n_005_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1107/lei_n_003_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1106/lei_n_002_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1105/lei_n_001_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1104/lei_n_012_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1103/lei_n_011_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1102/lei_n_009_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1101/lei_n_008_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1100/lei_n_007_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1099/lei_n_006_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1098/lei_n_005_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1097/lei_n_004_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1096/lei_n_003_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1095/lei_n_002_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1094/lei_n_001_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1092/lei_n_013_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1091/lei_n_011_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1090/lei_n_010_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1089/lei_n_009_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1088/lei_n_008_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1087/lei_n_008_1980_aepmp..pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1086/lei_n_006_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1085/lei_n_005_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1084/lei_n_004_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1083/lei_n_003_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1082/lei_n_002_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1081/lei_n_001_1980_aepmp_escola_joao_bosco.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1079/lei_n_020_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1078/lei_n_019_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1077/lei_n_018_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1076/lei_n_016_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1075/lei_n_015_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1074/lei_n_014_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1073/lei_n_013_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1066/lei_n_003_1979_cmp.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1072/lei_n_012_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1071/lei_n_011_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1064/lei_n_002_1979_cmp.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1063/lei_n_002_1979_cmp..pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1070/lei_n_010_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1069/lei_n_008_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1068/lei_n_005_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1067/lei_n_004_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1065/lei_n_003_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1062/lei_n_001_1979_cmp.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1061/lei_n_013_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1060/lei_n_012_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1059/lei_n_011_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1058/lei_n_009_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1057/lei_n_008_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1056/lei_n_007_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1055/lei_n_006_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1054/lei_n_005_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1053/lei_n_004_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1052/lei_n_003_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1051/lei_n_002_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1050/lei_n_027_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1049/lei_n_026_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1048/lei_n_025_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1047/lei_n_024_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1046/lei_n_023_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1045/lei_n_020_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1044/lei_n_019_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1043/lei_n_018_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1042/lei_n_017_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1041/lei_n_016_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1040/lei_n_015_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1039/lei_n_014_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1038/lei_n_013_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1037/lei_n_012_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1027/lei_n_002_1977_cmp.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1036/lei_n_011_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1035/lei_n_010_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1034/lei_n_009_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1033/lei_n_008_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1032/lei_n_007_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1031/lei_n_006_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1030/lei_n_005_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1029/lei_n_004_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1028/lei_n_003_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1024/lei_n_002_1977_pmp...pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1026/lei_n_001_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1025/lei_n_001_1977_cmp.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1222/lei_n_008_1975_pmp.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1217/lei_n_001_1975_cmp.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1221/lei_n_007_1975_pmp.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1220/lei_n_006_1975_pmp.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1219/lei_n_002_1975_pmp.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1218/lei_n_001_1975_pmp.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1963/1216/lei_n_011_1963.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1212/lei_n_011_1959.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1215/lei_n_014_1959.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1214/lei_n_013_1959.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1213/lei_n_012_1959.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1211/lei_n_010_1959.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1210/lei_n_009_1959.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1209/lei_n_008_1959.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1208/lei_n_007_1959.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1207/lei_n_006_1959.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1206/lei_n_005_1959.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1205/lei_n_004_1959.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1203/lei_n_002_1959.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1204/lei_n_001_1959.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1202/lei_n_028_1957.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1201/lei_n_027_1957.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1200/lei_n_026_1957.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1199/lei_n_025_1957.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1198/lei_n_024_1957.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1197/lei_n_023_1957.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1196/lei_n_022_1957.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1195/lei_n_021_1957.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1194/lei_n_020_1957.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1193/lei_n_019_1957.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1192/lei_n_018_1957.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1191/lei_n_017_1957.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1190/lei_n_016_1957.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1189/lei_n_015_1957.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1188/lei_n_014_1957.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1187/lei_n_013_1957.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1186/lei_n_012_1957.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1185/lei_n_011_1957.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1184/lei_n_010_1957.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1183/lei_n_009_1957.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1182/lei_n_008_1957.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1181/lei_n_007_1957.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1180/lei_n_006_1957.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1179/lei_n_005_1957..pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1178/lei_n_004_1957.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1177/lei_n_003_1957.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1176/lei_n_002_1957.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1175/lei_n_001_1957.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1956/1174/lei_n_009_1956.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1956/1173/lei_n_008_1956.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1303/lei_no_026_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1302/lei_no_025_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1287/lei_no_008_1953_cmp.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1301/lei_no_022_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1300/lei_no_021_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1299/lei_no_020_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1285/lei_no_007_1953_cmp.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1298/lei_no_019_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1297/lei_no_018_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1296/lei_no_017_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1283/lei_no_006_1953_cmp.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1281/lei_no_005_1953_cmp.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1295/lei_no_015_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1294/lei_no_014_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1293/lei_no_013_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1292/lei_no_012_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1290/lei_no_011_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1289/lei_no_010_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1288/lei_no_009_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1286/lei_no_008_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1284/lei_no_007_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1282/lei_no_006_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1280/lei_no_005_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1278/lei_no_004_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1276/lei_no_003_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1275/lei_no_002_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1274/lei_no_001_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1279/lei_no_004_1953_cmp.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1277/lei_no_003_1953_cmp.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1952/1172/lei_n_016_1952.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1171/lei_n_026_1948.pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1170/lei_n_017_1948.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1169/lei_n_016_1948.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1168/lei_n_015_1948.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1167/lei_n_014_1948.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1166/lei_n_013_1948.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1165/lei_n_012_1948.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1164/lei_n_008_1948.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1163/lei_n_007_1948.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1162/lei_n_006_1948.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1161/lei_n_004_1948.pdf" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1947/1160/lei_n_001_1947.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1320/lei_n_1027_2025_pgmp_loa.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1319/lei_no_1026_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1318/lei_n_1025_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1317/lei_n_1024_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1316/lei_n_1023_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1315/lei_n_1022_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1314/lei_n_1021_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1313/lei_n_1020_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1312/lei_n_1019_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1311/lei_n_1018_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1310/lei_n_1017_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1309/lei_n_1016_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1291/lei_n_1015_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1272/lei_n_1014_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1271/lei_n_1013_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1270/lei_n_1012_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1269/lei_n_1011_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1268/lei_n_1010_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1267/lei_n_1009_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1266/lei_n_1008_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1265/lei_n_1007_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1264/lei_n_1006_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1261/lei_n_1005_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1260/lei_n_1004_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1259/lei_n_1003_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1258/lei_n_1002_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1257/lei_n_1001_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1256/lei_n_1000_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1255/lei_n_999_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1254/lei_n_998_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1253/lei_n_997_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1158/lei_n_996_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1157/lei_n_995_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1156/lei_n_994_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1155/lei_n_993_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1252/lei_n_992_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1251/lei_n_991_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1250/lei_n_990_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1249/lei_n_989_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1248/lei_n_988_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1247/lei_n_987_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/1273/lei_n_986_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/812/lei_n_985_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/811/lei_n_984_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/810/lei_n_983_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/808/lei_n_982_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/807/lei_n_981_2025_pgmp.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2025/836/lei_no_980-2025-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/970/lei_no_979_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/969/lei_no_978_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/968/lei_no_977_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/967/lei_no_976_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/966/lei_no_975_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/965/lei_no_974_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/800/lei_n_973_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/799/lei_n_972_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/798/lei_n_971_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/797/lei_n_970_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/796/lei_n_969_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/795/lei_n_968_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/794/lei_n_967_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/793/lei_n_966_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/792/lei_n_965_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/791/lei_n_964_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/790/lei_n_963_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/789/lei_n_962_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/788/lei_n_961_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/787/lei_n_960_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/786/lei_n_959_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/785/lei_n_958_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/784/lei_n_957_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/783/lei_n_956_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/782/lei_n_955_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/781/lei_n_954_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/780/lei_n_953_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/779/lei_n_952_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/778/lei_n_951_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/777/lei_n_950_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/776/lei_n_949_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/775/lei_n_948_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/774/lei_n_947_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/773/lei_n_946_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/772/lei_n_945_2024_pgmp.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/801/lei_n_944_2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/770/lei_n._943-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/769/lei_n._942-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/768/lei_n._941-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/767/lei_n._940-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/766/lei_n._939-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/765/lei_n._938-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/764/lei_n._937-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/763/lei_n._936-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/762/lei_n._935-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/761/lei_n._934-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/760/lei_n._933-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/759/lei_n._932-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/758/lei_n._931-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/757/lei_n._930-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/756/lei_n._929-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/755/lei_n._928-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/754/lei_n._927-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/753/lei_n._926-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/752/lei_n._925-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/732/lei_n._924-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/731/lei_n._923-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/730/lei_n._922-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/729/lei_n._921-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/728/lei_n._920-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/727/lei_n._919-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/726/lei_n._918-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/724/lei_n._917-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/723/lei_n._916-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/722/lei_n._915-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/721/lei_n._914-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/720/lei_n._913-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/719/lei_n._912-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/718/lei_n._911-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/717/lei_n._910-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/716/lei_n._909-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/715/lei_n._908-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/714/lei_n._907-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/713/lei_n._906-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/712/lei_n._905-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/711/lei_n._904-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/710/lei_n._903-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/709/lei_n._902-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/708/lei_n._901-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/707/lei_n._900-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/706/lei_n._899-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/705/lei_n._898-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/704/lei_n._897-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/703/lei_n._896-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/702/lei_n._895-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/701/lei_n._894-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/700/lei_n._893-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/699/lei_n._892-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/698/lei_n._891-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/697/lei_n._890-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/696/lei_n._889-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/695/lei_n._888-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/694/lei_n._887-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2024/693/lei_n._886-2024-pgmp.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/979/lei_no_885-2023-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/978/lei_no_884-2023-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/687/lei_n._882-2023-pgmp.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/680/lei_n._881-2023-pgmp.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/679/lei_n._880-2023-pgmp.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/678/lei_n._879-2023-pgmp.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/677/lei_n._878-2023-pgmp.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/977/lei_no_877-2023-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/976/lei_no_876-2023-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/975/lei_no_875-2023-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/974/lei_no_874-2023-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/973/lei_no_873-2023-pgmp_e_publicacao_refis.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/972/lei_no_872-2023-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/671/lei_n._870-2023_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/685/lei_n._871-2023_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/684/lei_n._869-2023_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/683/lei_n._868-2023_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/682/lei_n._867-2023_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/681/lei_n._866-2023_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/665/lei_n._865-2023-pgmp.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2023/971/lei_no_864-2023-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/981/lei_no_863-2022-pgmp_e_publicacao_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/662/lei_n._862-2022_-_pgmp_utilidade_publica_associacao_dom_gino.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/980/lei_no_861-2022-pgmp_e_publicacao.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/661/lei_n._860-2022_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/596/lei_n._859-2022_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/595/lei_n._858-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/592/lei_n._857-2022_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/591/lei_n._856-2022_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/442/lei_n._855-2022-_cmp.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/524/lei_no_853-2022-pgmp_e_publicacao_-_ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/429/lei_n._852-2022_-_pgmp_conselho_municipal_de_defesa_dos_direitos_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/428/lei_n._851-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/427/lei_n._850-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/426/lei_n._849-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/425/lei_n._848-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/424/lei_n._847-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/423/lei_n._846-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/422/lei_n._845-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/421/lei_n._844-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/420/lei_n._843-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/419/lei_n._842-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/418/lei_n._841-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/417/lei_n._840-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/416/lei_n._839-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/415/lei_n._838-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/414/lei_n._837-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/413/lei_n._836-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/412/lei_n._835-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/411/lei_n._834-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/410/lei_n._833-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/409/lei_n._832-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/408/lei_n._831-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/407/lei_n._830-2022-pgmp.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/406/lei_n._829-2022_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/404/lei_n._827-2022_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/405/lei_n._828-2022_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/403/lei_826_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/399/lei_825_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/398/lei_824_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/397/lei_823_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/396/lei_822_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/395/lei_821_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/394/lei_820_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/393/lei_819_2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/392/lei_818_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/391/lei_817_2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/390/lei_816_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/389/lei_815_2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/388/lei_814_2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/387/lei_813_2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/384/lei_812_2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/383/lei_811_2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/382/lei_810_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/381/lei_809_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2022/380/lei_808_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/379/lei_807_2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/378/lei_806_2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/377/lei_805_2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/376/lei_804_2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/375/lei_803_2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/365/lei_802_2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/402/lei_801_2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/374/lei_800_2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/373/lei_799_2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/372/lei_798_2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/371/lei_797_2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/370/lei_796_2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/369/lei_795_2021_ppa_2022_2025..pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/368/lei_794_2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/367/lei_793_2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/366/lei_792_2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/363/lei_791_2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/362/lei_790_2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/361/lei_789_2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/360/lei_788_2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/224/lei_787_2021_ldo_ano_2022..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/222/lei_786_2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/221/lei_785_2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/216/lei_784_2021-pgmp_-_refis_2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2021/220/lei_783_2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/219/lei_782_2020.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/218/lei_781_2020.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/217/lei_780_2020.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/349/lei_779_2020_loa.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/215/lei_778_2020.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/214/lei_777_2020_ldo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/213/lei_776_2020.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/212/lei_775_2020.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/211/lei_774_2020.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/210/lei_773_2020.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/209/lei_772_2020.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/208/lei_771_2020.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/207/lei_770-2020.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/206/lei_769_2020.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/205/lei_768_2020.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/204/lei_767_2020.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/203/lei_766_2020.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/202/lei_765_2020.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/201/lei_764_2020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/200/lei_763_2020.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/199/lei_762_2020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/196/lei_no_761-2020-pgmp-_consignados.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/198/lei_760_2020.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2020/197/lei_759_2020.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/36/lei_758_2019.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/37/lei_756_2019.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/35/lei_754_2019.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/34/lei_753_2019.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/33/lei_752_2019.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/32/lei_751_2019.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/31/lei_750_2019.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/30/lei_749_2019.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/29/lei_748_2019.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/28/lei_747_2019.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/27/lei_746_2019.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/26/lei_745_2019.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/25/lei_744_2019.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/24/lei_743_2019.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/23/lei_742_2019.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/22/lei_741_2019.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/21/lei_740_2019.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/20/lei_739_2019.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/19/lei_738_2019.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/18/lei_737_2019.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/17/lei_736_2019.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/16/lei_735_2019.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/15/lei_734_2019.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/14/lei_733_2019.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/13/lei_732_2019.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/12/lei_731_2019.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/11/lei_730_2019.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/10/lei_729_2019.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/9/lei_728_2019.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/8/lei_727_2019.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/7/lei_726_2019.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/6/lei_725_2019.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/5/lei_724_2019.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/4/lei_723_2019.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/3/lei_722_2019.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/2/lei_721_2019.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2019/1/lei_720_2019.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/108/lei_718_2018.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/107/lei_717_2018.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/106/lei_716_2018.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/95/lei_715_2018.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/94/lei_714_2018.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/93/lei_713_2018.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/92/lei_712_2018.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/91/lei_711_2018.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/90/lei_710_2018.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/105/lei_709_2018.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/104/lei_708_2018.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/109/lei_719_2018_loa.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/103/lei_707_2018.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/102/lei_706_2018.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/101/lei_705_2018.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/100/lei_704_2018.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/99/lei_703_2018.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/98/lei_702_2018_ldo.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/97/lei_701_2018.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/96/lei_700_2018.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/86/lei_699_2018.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/84/lei_698_2018.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/83/lei_697_2018.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/82/lei_696_2018.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/80/lei_695_2018.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/79/lei_694_2018.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/78/lei_693_2018.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/77/lei_692_2018.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/75/lei_691_2018.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2018/72/lei_690_2018.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/89/lei_689_2017.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/986/lei_688_2017_pgmp.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/88/lei_687_2017.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/87/lei_686_2017.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/85/lei_685_2017.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/81/lei_684_2017_loa.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/76/lei_683_2017.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/74/lei_682_2017.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/71/lei_681_2017.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/69/lei_680_2017.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/67/lei_679_2017.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/66/lei_678_2017_ppa.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/64/lei_677_2017_ldo.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/61/lei_676_2017.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/59/lei_675_2017.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/57/lei_674_2017.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/985/lei_673_2017_pgmp.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/55/lei_672_2017.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/52/lei_671_2017.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/49/lei_670_2017.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/46/lei_669_2017.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/43/lei_668_2017.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/39/lei_667_2017.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/984/lei_666_2017_pgmp.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/983/lei_665_2017_pgmp.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2017/982/lei_664_2017_pgmp.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/68/lei_661_2016.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/65/lei_660_2016.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/73/lei_663_2016.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/70/lei_662_2016.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/63/lei_654_2016.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/62/lei_653_2016.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/60/lei_652_2016.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/58/lei_651_2016.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/56/lei_650_2016.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/54/lei_649_2016.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/53/lei_648_2016.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/51/lei_647_2016.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/50/lei_646_2016.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/48/lei_645_2016.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/47/lei_644_2016.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/45/lei_643_2016.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/44/lei_642_2016.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/42/lei_641_2016.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/41/lei_640_2016.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/40/lei_639_2016.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2016/38/lei_638_2016.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/157/lei_637_2015.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/156/lei_636_2015.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/155/lei_635_2015.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/154/lei_634_2015.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/153/lei_633_2015.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/152/lei_632_2015.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/151/lei_631_2015.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/150/lei_630_2015.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/149/lei_629_2015.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/148/lei_628_2015.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/147/lei_627_2015.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/145/lei_626_2015.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/144/lei_625_2015.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/143/lei_624_2015.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/141/lei_623_2015.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/140/lei_622_2015.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/139/lei_621_2015.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/137/lei_620_2015.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/136/lei_619_2015.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/988/lei_no_618_2015_pgmp.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/135/lei_617_2015.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/134/lei_616_2015.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/133/lei_615_2015.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/131/lei_614_2015.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/130/lei_613_2015.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/129/lei_612_2015.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/128/lei_611_2015.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/127/lei_610_2015.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/126/lei_609_2015.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/124/lei_608_2015.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/123/lei_607_2015.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/987/lei_no_606_2015_pgmp.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/121/lei_605_2015.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/120/lei_604_2015.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/119/lei_603_2015.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/117/lei_602_2015.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/115/lei_601_2015.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/113/lei_600_2015.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2015/111/lei_599_2015.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/146/lei_598_2014.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/142/lei_597_2014.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/992/lei_no_596_2014_pgmp.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/138/lei_595_2014.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/991/lei_no_594_2014_pgmp.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/132/lei_593_2014.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/125/lei_592_2014.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/990/lei_no_591_2014_pgmp.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/122/lei_590_2014.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/118/lei_589_2014.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/116/lei_588_2014.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/989/lei_no_584_2014_pgmp.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/193/lei_580_2013.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/114/lei_587_2014.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/112/lei_586_2014.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2014/110/lei_585_2014.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/195/lei_582_2013.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/194/lei_581_2013.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/192/lei_579_2013.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/191/lei_578_2013.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/190/lei_577_2013.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/189/lei_576_2013.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/188/lei_575_2013.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/187/lei_574_2013.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/186/lei_573_2013.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/995/lei_no_583_2013_pgmp.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/185/lei_572_2013.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/184/lei_571_2013.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/183/lei_570_2013.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/994/lei_no_569_2013_pgmp.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/182/lei_568_2013.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/993/lei_no_567_2013_pgmp.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/181/lei_566_2013.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/180/lei_565_2013.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/179/lei_564_2013.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/178/lei_563_2013.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/177/lei_562_2013.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/176/lei_561_2013.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/175/lei_560_2013.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/174/lei_559_2013.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/173/lei_558_2013.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/172/lei_557_2013.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/171/lei_556_2013.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/170/lei_555_2013.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/169/lei_554_2013.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/168/lei_553_2013.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/167/lei_552_2013.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/166/lei_551_2013.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/165/lei_550_2013.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/164/lei_549_2013.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/163/lei_548_b_2013.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/996/lei_no_580_2013_pgmp.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/162/lei_548_a_2013.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/161/lei_548_2013.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/160/lei_547_2013.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/159/lei_546_2013.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2013/158/lei_545_2013.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/254/lei_544_2012.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/253/lei_543_2012.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/252/lei_542_2012_loa.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/251/lei_541_2012.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/250/lei_540_2012.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/249/lei_539_2012.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/248/lei_538_2012.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/247/lei_537_2012.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/246/lei_536_2012.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/245/lei_535_2012.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/244/lei_534_2012.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/243/lei_533_2012.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/242/lei_532_2012.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/241/lei_531_2012.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/240/lei_530_2012.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/239/lei_529_2012.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/238/lei_528_2012.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/237/lei_527_2012.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/236/lei_526_2012.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/235/lei_525_2012.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/234/lei_524_2012.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/233/lei_523_2012.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/232/lei_522_2012.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/231/lei_521_2012.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/230/lei_520_2012.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/228/lei_519_2012.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/225/lei_518_2012.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/227/lei_517_2012_passagens_e_diarias_pdf.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2012/226/lei_516_2012_gasolina_pdf.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/275/lei_515_2011.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/274/lei_514_2011.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/273/lei_513_2011.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/272/lei_512_2011_reforma_e_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/271/lei_511_2011.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/270/lei_510_2011_loa.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/269/lei_509_2011.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/268/lei_508_2011.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/267/lei_507_2011_ldo.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/266/lei_506_2011.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/265/lei_505_2011.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/264/lei_504_2011.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/263/lei_503_2011.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/262/lei_502_2011.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/261/lei_501_2011.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/260/lei_500_2011.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/259/lei_499_2011.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/258/lei_498_2011.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/257/lei_497_2011.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2011/256/lei_496_2011.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1013/lei_n_495_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1012/lei_n_494_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1011/lei_n_493_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1010/lei_n_492_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/348/lei_491_2010-pgmp.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1009/lei_n_490_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1008/lei_n_489_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1007/lei_n_488_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1006/lei_n_487_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1005/lei_n_486_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1004/lei_n_485_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1003/lei_n_484_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/291/lei_483_2010.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/290/lei_482_2010.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/289/lei_481_2010.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/288/lei_480_2010.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/287/lei_479_2010.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/286/lei_478_2010.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/285/lei_477_2010.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1002/lei_n_476_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/284/lei_475_2010.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1017/lei_no_474_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/283/lei_473_2010.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/282/lei_472_2010.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/281/lei_471_2010.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/280/lei_470_2010.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/279/lei_469_2010.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/278/lei_468_2010.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/277/lei_467_2010.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/276/lei_466_2010.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1001/lei_n_465_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/1000/lei_n_464_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/999/lei_n_463_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/998/lei_n_462_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2010/997/lei_n_461_2010_pgmp.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/312/lei_460_2009.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/311/lei_459_2009.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/310/lei_458_2009.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/309/lei_457_2009.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/308/lei_456_2009.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/307/lei_455_2009.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/306/lei_454_2009.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/305/lei_453_2009.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/304/lei_452_2009.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/303/lei_451_2009.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/302/lei_450_2009.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/301/lei_449_2009.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/300/lei_448_2009.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/299/lei_447_2009.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/298/lei_446_2009.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/297/lei_445_2009.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/296/lei_444_2009.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/1014/lei_n_443_2009_pgmp.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/295/lei_442_2009.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/294/lei_441_2009.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/293/lei_440_2009.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2009/292/lei_439_2009.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/347/lei_438_2008_-_pgmp.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/332/lei_437_2008.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/331/lei_436_2008.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/330/lei_435_2008.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/329/lei_434_2008.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/328/lei_433_2008.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/327/lei_432_2008.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/326/lei_431_2008.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/325/lei_430_2008.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/324/lei_428_2008.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/323/lei_427_2008.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/322/lei_426_2008.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/321/lei_425_2008.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/1019/lei_n_424_2008_pgmp.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/320/lei_422_2008.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/319/lei_421_2008.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/318/lei_420_2008.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/317/lei_419_2008.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/316/lei_418_2008.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/1018/lei_n_417_2008_pgmp.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/315/lei_416_2008..pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/314/lei_415_2008.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/313/lei_414_2008.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/1015/lei_n_416_2008_pgmp_1.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2008/1016/lei_n_416a_2008_pgmp_2.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/359/lei_415_2007.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/358/lei_414_2007.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/357/lei_413_2007.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/356/lei_412_2007.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/355/lei_411_2007.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/354/lei_410_2007.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/353/lei_409_2007.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/352/lei_408_2007.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/351/lei_407_2007.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/350/lei_406_2007.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/346/lei_405_2007.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/345/lei_404_2007.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/344/lei_403_2007.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/343/lei_402_2007.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/342/lei_401_2007.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/341/lei_400_2007.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/340/lei_399_2007.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/339/lei_398_2007.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/338/lei_397_2007.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/337/lei_396_2007.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/336/lei_395_2007.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/335/lei_394_2007.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/334/lei_393_2007.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/333/lei_392_2007.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/440/lei_no_391-07.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/443/lei_no_390-07.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2007/444/lei_no_389-07.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/466/lei_no_388-06_-_lei_orcamentaria_anual_2007.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/465/lei_no_387-06_institui_o_codigo_ambiental_do_mun_de_pin.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/464/lei_no_386-06_dispoe_sobre_o_perimetro_urbano_de_parintins.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/463/lei_no_385-06_dispoe_sobre_a_permuta_de_bem_publico.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/462/lei_no_384-06_concessao_da_medalha_do_merito_ao_sr._jacob_mo.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/461/lei_no_383-06_concessao_da_medalha_do_merito_ao_sr._aldemar_.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/460/lei_no_382-06_criacao_do_uniforme_escolar_padrao_para_alunos.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/459/lei_no_381-06_lei_das_diretrizes_orcamentaria_2007.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/458/lei_no_380-06_dar_redacao_aos_art._180181_da_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/457/lei_no_379-06_explor_dos_recursos_pesqueiros.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/456/lei_no_378-06_considera_util_pub_a_assoc_comercial_de_pin.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/455/lei_no_377-06_considera_util_pub_inst_geograf_e_hist_de_pin.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/454/lei_no_376-06_estabelece_isencao_de_pagamento_iptu.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/453/lei_no_375-06_plano_diretor_parintins_-publicacao.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/452/lei_no_374-06_conselho_munic._de_seguranca_alimentar_e_nutri.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/450/lei_no_372-06_doacao_terreno_ceam.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/449/lei_no_371-06_desapropriacao_imovel_sandra_suely.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/448/lei_no_370-06_considera_util_pub_assoc_proj_festival_musica_.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/447/lei_no_369-06_doacao_terreno_dnit_porto_vila_amazonia.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/446/lei_no_368-06_doacao_terreno_dnit_porto_parintins.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2006/445/lei_no_367-06_subsidios_do_prefeito_e_vice_06_a_08.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/496/lei_no_366-05_ajusta_as_tarifas_de_agua_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/495/lei_no_365-05_reforma_administrativa.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/494/lei_no_364-05_reestrutura_o_cons._de_acomp_do_fundef.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/493/lei_no_363-05_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/492/lei_no_362-05_diretrizes_orc._2006_ldo.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/491/lei_no_361-05_fixa_a_des_ex._fin._2006_loa.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/490/lei_no_360-05_regulamentacao_da_contrib_de_ilumi_pulb.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/489/lei_no_359-05_criacao_do_dmtt.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/488/lei_no_358-05_credito_sup_de_70.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/487/lei_no_357-05_ppa_2006-2009.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/486/lei_no_356-05_estabelec_meios_de_defesa_atendimento_bancario.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/485/lei_no_355-05_autoriza_a_desapropriacao_localizado_na_rua_co.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/484/lei_no_354-05_declara_de_utilidade_pulb_a_coop_mista_dos_art.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/483/lei_no_353-05_autorizacao_consorcio_intermunicipal.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/1021/lei_n_018352_2005_aepmp.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/482/lei_no_351-05_bolsa_superior_compilada.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/481/lei_no_350-05_declara_de_utilidade_pulb_assoc_de_apoio_ao_de.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/480/lei_no_349-05_dispoe_sobre_a_politica_municipal_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/479/lei_no_348-05_serv_de_inspecao_municipal_-_sim.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/478/lei_no_347-05_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/477/lei_no_346-05_municipal_fixa_pequeno_valor_precatorio.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/476/lei_no_345-05_cria_cargos_em_comissao_e_funcoes_fixa_vencim.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/475/lei_no_344-05_declara_de_utilidade_pulb_o_clube_da_melhor_id.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/474/lei_no_343-05_autoriza_o_municipio_a_cobrar_multa_por_coloca.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/473/lei_no_342-05_criacao_do_cons_mun_da_condicao_feminina.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/472/lei_no_341-05_desapropriacao_f_e_prado__cia_ltda.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/1020/lei_no_340_2005_pgmp.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/471/lei_no_339-05_autoriza_reformas_administrativas.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/470/lei_no_338-05_institui_o_feriado_de_segunda_apos_o_festival.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/469/lei_no_337-05_autoriza_celebrar_convenios_acordos_etc.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2005/467/lei_no_335-05_cria_cons_mun_de_entorpecentes.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/964/lei_n_011334_2004_pgmp.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/963/lei_n_010333_2004_pgmp.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/962/lei_n_009332_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/961/lei_n_008331_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/960/lei_n_007330_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/959/lei_n_006329_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/958/lei_n_005328_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/957/lei_n_004327_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/956/lei_n_003326_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/955/lei_n_002325_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2004/954/lei_n_001324_2004_aepmp.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/953/lei_n_019323_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/952/lei_n_018322_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/951/lei_n_016321_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/950/lei_n_015320_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/949/lei_n_014319_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/948/lei_n_013318_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/947/lei_n_012317_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/946/lei_n_011316_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/945/lei_n_010315_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/944/lei_n_009314_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/943/lei_n_008313_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/942/lei_n_007312_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/941/lei_n_006311_2003_aepmp_publicada_sem_assinatura.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/940/lei_n_005310_2003_pgmp.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/932/lei_n_004309_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/928/lei_n_003308_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/924/lei_n_002307_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2003/922/lei_n_001306_2003_aepmp.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/939/lei_n_022305_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/938/lei_n_021304_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/937/lei_n_020303_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/936/lei_n_019302_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/935/lei_n_018301_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/934/lei_n_017300_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/933/lei_n_015299_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/931/lei_n_013297_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/930/lei_n_012296_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/929/lei_n_011295_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/927/lei_n_010294_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/926/lei_n_009293_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/925/lei_n_008292_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/923/lei_n_007291_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/921/lei_n_006290_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/917/lei_n_004288_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/920/lei_n_005289_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/915/lei_n_003287_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/914/lei_n_002286_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2002/913/lei_n_001285_2002_aepmp.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/908/lei_n_034284_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/907/lei_n_031281_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/903/lei_n_030280_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/902/lei_n_029279_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/900/lei_n_028278_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/898/lei_n_027277_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/896/lei_n_026276_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/892/lei_n_025275_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/891/lei_n_024274_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/890/lei_n_023273_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/887/lei_n_022272_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/886/lei_n_021271_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/885/lei_n_020270_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/884/lei_n_019269_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/883/lei_n_018268_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/882/lei_n_017267_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/881/lei_n_016266_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/880/lei_n_015265_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/879/lei_n_014264_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/877/lei_n_013263_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/873/lei_n_011261_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/870/lei_n_010260_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/868/lei_n_009259_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/866/lei_n_008258_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/875/lei_n_012262_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/1080/lei_no_256_2001_pgmp.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/865/lei_n_005255_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/864/lei_n_004254_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/863/lei_n_003253_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/862/lei_n_002252_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2001/860/lei_n_001251_2001_aepmp.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/919/lei_n_030248_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/918/lei_n_031249_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/916/lei_n_030248_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/912/lei_n_029247_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/911/lei_n_028246_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/910/lei_n_027245_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/909/lei_n_026244_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/906/lei_n_025243_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/905/lei_n_024242_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/904/lei_n_023241_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/901/lei_n_022240_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/899/lei_n_021239_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/897/lei_n_020238_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/895/lei_n_019237_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/894/lei_n_017235_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/893/lei_n_016234_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/889/lei_n_015233_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/888/lei_n_014232_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/878/lei_n_013231_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/876/lei_n_012230_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/874/lei_n_011229_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/872/lei_n_010228_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/871/lei_n_009227_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/869/lei_n_008226_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/867/lei_n_007225_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/861/lei_n_006224_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/859/lei_n_005223_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/853/lei_n_004222_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/850/lei_n_003221_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/847/lei_n_002220_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/2000/842/lei_n_001219_2000_aepmp.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/858/lei_n_027218_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/857/lei_n_026217_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/856/lei_n_025216_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/855/lei_n_024215_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/854/lei_n_023214_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/852/lei_n_022213_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/851/lei_n_021212_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/849/lei_n_020211_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/848/lei_n_019210_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/846/lei_n_018209_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/844/lei_n_017208_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/843/lei_n_016207_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/841/lei_n_015206_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/840/lei_n_014205_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/839/lei_n_013204_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/838/lei_n_012203_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/837/lei_n_011202_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/835/lei_n_010201_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/834/lei_n_009200_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/833/lei_n_008199_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/832/lei_n_006197_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/831/lei_n_005196_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/829/lei_n_004195_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/827/lei_n_003194_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/824/lei_n_002193_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1999/823/lei_n_001192_1999_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/830/lei_n_009191_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/828/lei_n_008190_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/826/lei_n_007189_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/825/lei_n_006188_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/822/lei_n_005187_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/821/lei_n_004186_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/820/lei_n_003185_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/819/lei_n_002184_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1998/818/lei_n_001183_1998_aepmp.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/817/lei_n_004182_1997.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/816/lei_n_003181_1997.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/814/lei_n_001179_1997.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/815/lei_n_002180_1997.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1997/813/lei_n_001178_1997.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/523/lei_n_177_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/522/lei_n_176_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/521/lei_n_175_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/519/lei_n_173_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/518/lei_n_172_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/517/lei_n_171_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/497/lei_n_001_1996_cmp.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/516/lei_n_170_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/515/lei_n_169_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/514/lei_n_168_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/513/lei_n_167_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/512/lei_n_166_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/511/lei_n_165_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/510/lei_n_164_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/509/lei_n_163_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/508/lei_n_161_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/507/lei_n_160_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/506/lei_n_158_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/505/lei_n_157_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/504/lei_n_156_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/503/lei_n_155_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/502/lei_n_154_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/501/lei_n_153_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/500/lei_n_152_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/499/lei_n_151_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1996/498/lei_n_150_1996_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/537/lei_n_149_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/536/lei_n_148_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/535/lei_n_147_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/534/lei_n_146_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/533/lei_n_145_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/532/lei_n_144_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/531/lei_n_143_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/530/lei_n_142_1995_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/529/lei_n_141_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/528/lei_n_140_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/527/lei_n_139_1995_pgmp.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/526/lei_n_002_1995_cmp.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1995/525/lei_n_001_1995_cmp.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/549/lei_n_138_1994_pgmp.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/548/lei_n_137_1994_pgmp.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/547/lei_n_136_1994_pgmp.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/546/lei_n_135_1994_pgmp.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/545/lei_n_134_1994_pgmp.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/544/lei_n_133_1994_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/538/lei_n_001_1994_cmp.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/543/lei_n_132_1994_pgmp.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/542/lei_n_131_1994_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/541/lei_n_129_1994_pgmp.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/540/lei_n_128_1994_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1994/539/lei_n_126_1994_pgmp.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/575/lei_n_125_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/574/lei_n_124_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/573/lei_n_122_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/572/lei_n_121_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/571/lei_n_120_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/570/lei_n_119_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/569/lei_n_118_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/568/lei_n_117_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/567/lei_n_116_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/566/lei_n_115_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/565/lei_n_114_1993_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/564/lei_n_113_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/563/lei_n_112_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/562/lei_n_110_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/561/lei_n_109_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/560/lei_n_108_1993_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/559/lei_n_107_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/558/lei_n_106_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/550/lei_n_001_1993_cmp.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/557/lei_n_105_1993_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/556/lei_n_104_1993_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/555/lei_n_103_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/554/lei_n_102_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/553/lei_n_101_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/552/lei_n_100_1993_pgmp.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1993/551/lei_n_099_1993_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/1023/lei_n_096_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/589/lei_n_098_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/588/lei_n_094_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/587/lei_n_092_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/586/lei_n_089_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/585/lei_n_088_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/584/lei_n_087_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/583/lei_n_086_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/582/lei_n_085_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/581/lei_n_084_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/580/lei_n_083_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/579/lei_n_082_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/577/lei_n_080_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/576/lei_n_079_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1992/578/lei_n_081_1992_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/599/lei_no_077_1991_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/598/lei_no_076_1991_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/597/lei_no_074_1991_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/594/lei_no_073_1991_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/593/lei_no_072_1991_pgpmp.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1991/590/lei_no_070_1991_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/604/lei_no_065_1990_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/603/lei_no_064_1990_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/602/lei_no_063_1990_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/601/lei_no_062_1990_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1990/600/lei_no_059_1990_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/610/lei_no_058_1989_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/609/lei_no_057_1989_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/608/lei_no_055_1989_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/607/lei_no_054_1989_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1989/606/lei_no_053_1989_-_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/620/lei_no_052_1988_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/619/lei_no_051_1988_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/618/lei_no_045_1988_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/617/lei_no_044_1988_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/616/lei_no_043_1988_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/615/lei_no_042_1989_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/614/lei_no_041_1988_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/613/lei_no_040_1988_pjpmp..pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/612/lei_no_039_1988_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1988/611/lei_no_038_1988_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/642/lei_no_035_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/641/lei_no_034_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/640/lei_no_033_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/639/lei_no_032_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/638/lei_no_031_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/637/lei_no_030_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/635/lei_no_028_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/634/lei_no_027_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/633/lei_no_026_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/632/lei_no_025_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/631/lei_no_024_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/630/lei_no_023_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/629/lei_no_022_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/628/lei_no_021_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/627/lei_no_020_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/626/lei_no_019_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/625/lei_no_018_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/624/lei_no_017_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/621/lei_no_014_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/623/lei_no_016_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1987/622/lei_no_015_1987_pjpmp.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/654/lei_no_013_1986_-_aepmp..pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/653/lei_no_012_1986_-_aepmp..pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/652/lei_no_011_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/651/lei_no_009_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/650/lei_no_008_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/649/lei_no_007_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/648/lei_no_006_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/647/lei_no_005_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/646/lei_no_004_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/645/lei_no_003_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/644/lei_no_002_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1986/643/lei_n_001_1986_-_aepmp.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1153/lei_n_018_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1152/lei_n_017_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1151/lei_n_016_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1150/lei_n_015_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1149/lei_n_014_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1148/lei_n_013_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1147/lei_n_012_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1146/lei_n_011_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1145/lei_n_010_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1144/lei_n_009_1985_cmp.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1143/lei_n_008_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/1142/lei_n_007_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/660/lei_n_006_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/659/lei_n_005_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/658/lei_n_004_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/657/lei_n_003_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/656/lei_n_002_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1985/655/lei_n_001_1985_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1984/1141/lei_n_045_1984_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1140/lei_n_019_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1139/lei_n_018_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1138/lei_n_017_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1137/lei_n_016_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1136/lei_n_015_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1135/lei_n_014_083_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1134/lei_n_013_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1133/lei_n_012_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1132/lei_n_011_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1131/lei_n_010_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1130/lei_n_009_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1129/lei_n_008_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1128/lei_n_007_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1127/lei_n_006_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1126/lei_n_005_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1125/lei_n_004_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1124/lei_n_003_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1123/lei_n_002_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1983/1122/lei_n_001_1983_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1121/lei_n_018_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1120/lei_n_017_1982_aepmp..pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1119/lei_n_016_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1118/lei_n_015_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1117/lei_n_014_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1116/lei_n_012_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1115/lei_n_011_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1114/lei_n_010_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1113/lei_n_009_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1112/lei_n_008_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1108/lei_n_004_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1111/lei_n_007_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1110/lei_n_006_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1109/lei_n_005_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1107/lei_n_003_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1106/lei_n_002_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1982/1105/lei_n_001_1982_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1104/lei_n_012_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1103/lei_n_011_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1102/lei_n_009_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1101/lei_n_008_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1100/lei_n_007_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1099/lei_n_006_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1098/lei_n_005_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1097/lei_n_004_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1096/lei_n_003_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1095/lei_n_002_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1981/1094/lei_n_001_1981_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1092/lei_n_013_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1091/lei_n_011_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1090/lei_n_010_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1089/lei_n_009_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1088/lei_n_008_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1087/lei_n_008_1980_aepmp..pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1086/lei_n_006_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1085/lei_n_005_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1084/lei_n_004_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1083/lei_n_003_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1082/lei_n_002_1980_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1980/1081/lei_n_001_1980_aepmp_escola_joao_bosco.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1079/lei_n_020_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1078/lei_n_019_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1077/lei_n_018_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1076/lei_n_016_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1075/lei_n_015_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1074/lei_n_014_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1073/lei_n_013_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1066/lei_n_003_1979_cmp.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1072/lei_n_012_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1071/lei_n_011_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1064/lei_n_002_1979_cmp.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1063/lei_n_002_1979_cmp..pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1070/lei_n_010_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1069/lei_n_008_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1068/lei_n_005_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1067/lei_n_004_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1065/lei_n_003_1979_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1979/1062/lei_n_001_1979_cmp.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1061/lei_n_013_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1060/lei_n_012_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1059/lei_n_011_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1058/lei_n_009_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1057/lei_n_008_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1056/lei_n_007_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1055/lei_n_006_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1054/lei_n_005_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1053/lei_n_004_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1052/lei_n_003_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1978/1051/lei_n_002_1978_aepmp.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1050/lei_n_027_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1049/lei_n_026_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1048/lei_n_025_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1047/lei_n_024_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1046/lei_n_023_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1045/lei_n_020_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1044/lei_n_019_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1043/lei_n_018_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1042/lei_n_017_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1041/lei_n_016_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1040/lei_n_015_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1039/lei_n_014_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1038/lei_n_013_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1037/lei_n_012_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1027/lei_n_002_1977_cmp.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1036/lei_n_011_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1035/lei_n_010_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1034/lei_n_009_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1033/lei_n_008_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1032/lei_n_007_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1031/lei_n_006_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1030/lei_n_005_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1029/lei_n_004_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1028/lei_n_003_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1024/lei_n_002_1977_pmp...pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1026/lei_n_001_1977_pmp.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1977/1025/lei_n_001_1977_cmp.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1222/lei_n_008_1975_pmp.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1217/lei_n_001_1975_cmp.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1221/lei_n_007_1975_pmp.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1220/lei_n_006_1975_pmp.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1219/lei_n_002_1975_pmp.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1975/1218/lei_n_001_1975_pmp.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1335/lei_n_14_1966_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1334/lei_n_13_1966_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1333/lei_n_12_1966_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1332/lei_n_11_1966_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1331/lei_n_10_1966_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1330/lei_n_9_1966_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1329/lei_n_8_1966_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1328/lei_n_7_1966_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1327/lei_n_6_1966_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1324/lei_n_3_1966_cmp.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1326/lei_n_4_1966_pgmp_criacao_do_saae.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1322/lei_n_2_1966_cmp..pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1321/lei_n_1_1966_cmp..pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1325/lei_n_3_1966_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1323/lei_n_2_1966_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1966/1336/lei_n_1_1966-pgmp.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1963/1216/lei_n_011_1963.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1212/lei_n_011_1959.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1215/lei_n_014_1959.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1214/lei_n_013_1959.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1213/lei_n_012_1959.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1211/lei_n_010_1959.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1210/lei_n_009_1959.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1209/lei_n_008_1959.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1208/lei_n_007_1959.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1207/lei_n_006_1959.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1206/lei_n_005_1959.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1205/lei_n_004_1959.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1203/lei_n_002_1959.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1959/1204/lei_n_001_1959.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1202/lei_n_028_1957.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1201/lei_n_027_1957.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1200/lei_n_026_1957.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1199/lei_n_025_1957.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1198/lei_n_024_1957.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1197/lei_n_023_1957.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1196/lei_n_022_1957.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1195/lei_n_021_1957.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1194/lei_n_020_1957.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1193/lei_n_019_1957.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1192/lei_n_018_1957.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1191/lei_n_017_1957.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1190/lei_n_016_1957.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1189/lei_n_015_1957.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1188/lei_n_014_1957.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1187/lei_n_013_1957.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1186/lei_n_012_1957.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1185/lei_n_011_1957.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1184/lei_n_010_1957.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1183/lei_n_009_1957.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1182/lei_n_008_1957.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1181/lei_n_007_1957.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1180/lei_n_006_1957.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1179/lei_n_005_1957..pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1178/lei_n_004_1957.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1177/lei_n_003_1957.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1176/lei_n_002_1957.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1957/1175/lei_n_001_1957.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1956/1174/lei_n_009_1956.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1956/1173/lei_n_008_1956.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1303/lei_no_026_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1302/lei_no_025_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1287/lei_no_008_1953_cmp.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1301/lei_no_022_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1300/lei_no_021_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1299/lei_no_020_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1285/lei_no_007_1953_cmp.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1298/lei_no_019_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1297/lei_no_018_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1296/lei_no_017_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1283/lei_no_006_1953_cmp.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1281/lei_no_005_1953_cmp.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1295/lei_no_015_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1294/lei_no_014_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1293/lei_no_013_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1292/lei_no_012_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1290/lei_no_011_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1289/lei_no_010_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1288/lei_no_009_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1286/lei_no_008_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1284/lei_no_007_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1282/lei_no_006_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1280/lei_no_005_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1278/lei_no_004_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1276/lei_no_003_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1275/lei_no_002_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1274/lei_no_001_1953_pgmp.pdf" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1279/lei_no_004_1953_cmp.pdf" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1953/1277/lei_no_003_1953_cmp.pdf" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1952/1172/lei_n_016_1952.pdf" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1171/lei_n_026_1948.pdf" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1170/lei_n_017_1948.pdf" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1169/lei_n_016_1948.pdf" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1168/lei_n_015_1948.pdf" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1167/lei_n_014_1948.pdf" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1166/lei_n_013_1948.pdf" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1165/lei_n_012_1948.pdf" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1164/lei_n_008_1948.pdf" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1163/lei_n_007_1948.pdf" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1162/lei_n_006_1948.pdf" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1948/1161/lei_n_004_1948.pdf" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parintins.am.leg.br/media/sapl/public/normajuridica/1947/1160/lei_n_001_1947.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G1221"/>
+  <dimension ref="A1:G1237"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="145.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="144.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -37806,2018 +37953,2386 @@
       </c>
       <c r="C1135" t="s">
         <v>1145</v>
       </c>
       <c r="D1135" t="s">
         <v>10</v>
       </c>
       <c r="E1135" t="s">
         <v>11</v>
       </c>
       <c r="F1135" s="1" t="s">
         <v>3498</v>
       </c>
       <c r="G1135" t="s">
         <v>3499</v>
       </c>
     </row>
     <row r="1136" spans="1:7">
       <c r="A1136" t="s">
         <v>3500</v>
       </c>
       <c r="B1136" t="s">
         <v>3501</v>
       </c>
       <c r="C1136" t="s">
-        <v>1114</v>
+        <v>1104</v>
       </c>
       <c r="D1136" t="s">
         <v>10</v>
       </c>
       <c r="E1136" t="s">
         <v>11</v>
       </c>
       <c r="F1136" s="1" t="s">
         <v>3502</v>
       </c>
       <c r="G1136" t="s">
         <v>3503</v>
       </c>
     </row>
     <row r="1137" spans="1:7">
       <c r="A1137" t="s">
         <v>3504</v>
       </c>
       <c r="B1137" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1137" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D1137" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1137" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1137" s="1" t="s">
         <v>3505</v>
       </c>
-      <c r="C1137" t="s">
-[...8 lines deleted...]
-      <c r="F1137" s="1" t="s">
+      <c r="G1137" t="s">
         <v>3506</v>
-      </c>
-[...1 lines deleted...]
-        <v>3507</v>
       </c>
     </row>
     <row r="1138" spans="1:7">
       <c r="A1138" t="s">
+        <v>3507</v>
+      </c>
+      <c r="B1138" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1138" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D1138" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1138" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1138" s="1" t="s">
         <v>3508</v>
       </c>
-      <c r="B1138" t="s">
-[...11 lines deleted...]
-      <c r="F1138" s="1" t="s">
+      <c r="G1138" t="s">
         <v>3509</v>
-      </c>
-[...1 lines deleted...]
-        <v>3510</v>
       </c>
     </row>
     <row r="1139" spans="1:7">
       <c r="A1139" t="s">
+        <v>3510</v>
+      </c>
+      <c r="B1139" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1139" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D1139" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1139" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1139" s="1" t="s">
         <v>3511</v>
       </c>
-      <c r="B1139" t="s">
-[...11 lines deleted...]
-      <c r="F1139" s="1" t="s">
+      <c r="G1139" t="s">
         <v>3512</v>
-      </c>
-[...1 lines deleted...]
-        <v>3513</v>
       </c>
     </row>
     <row r="1140" spans="1:7">
       <c r="A1140" t="s">
+        <v>3513</v>
+      </c>
+      <c r="B1140" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1140" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D1140" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1140" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1140" s="1" t="s">
         <v>3514</v>
       </c>
-      <c r="B1140" t="s">
-[...11 lines deleted...]
-      <c r="F1140" s="1" t="s">
+      <c r="G1140" t="s">
         <v>3515</v>
-      </c>
-[...1 lines deleted...]
-        <v>3516</v>
       </c>
     </row>
     <row r="1141" spans="1:7">
       <c r="A1141" t="s">
+        <v>3516</v>
+      </c>
+      <c r="B1141" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1141" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D1141" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1141" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1141" s="1" t="s">
         <v>3517</v>
       </c>
-      <c r="B1141" t="s">
-[...11 lines deleted...]
-      <c r="F1141" s="1" t="s">
+      <c r="G1141" t="s">
         <v>3518</v>
-      </c>
-[...1 lines deleted...]
-        <v>3519</v>
       </c>
     </row>
     <row r="1142" spans="1:7">
       <c r="A1142" t="s">
+        <v>3519</v>
+      </c>
+      <c r="B1142" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1142" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D1142" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1142" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1142" s="1" t="s">
         <v>3520</v>
       </c>
-      <c r="B1142" t="s">
-[...11 lines deleted...]
-      <c r="F1142" s="1" t="s">
+      <c r="G1142" t="s">
         <v>3521</v>
-      </c>
-[...1 lines deleted...]
-        <v>3522</v>
       </c>
     </row>
     <row r="1143" spans="1:7">
       <c r="A1143" t="s">
+        <v>3522</v>
+      </c>
+      <c r="B1143" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1143" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D1143" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1143" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1143" s="1" t="s">
         <v>3523</v>
       </c>
-      <c r="B1143" t="s">
-[...11 lines deleted...]
-      <c r="F1143" s="1" t="s">
+      <c r="G1143" t="s">
         <v>3524</v>
-      </c>
-[...1 lines deleted...]
-        <v>3525</v>
       </c>
     </row>
     <row r="1144" spans="1:7">
       <c r="A1144" t="s">
+        <v>3525</v>
+      </c>
+      <c r="B1144" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1144" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D1144" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1144" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1144" s="1" t="s">
         <v>3526</v>
       </c>
-      <c r="B1144" t="s">
-[...11 lines deleted...]
-      <c r="F1144" s="1" t="s">
+      <c r="G1144" t="s">
         <v>3527</v>
-      </c>
-[...1 lines deleted...]
-        <v>3528</v>
       </c>
     </row>
     <row r="1145" spans="1:7">
       <c r="A1145" t="s">
+        <v>3528</v>
+      </c>
+      <c r="B1145" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1145" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D1145" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1145" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1145" s="1" t="s">
         <v>3529</v>
       </c>
-      <c r="B1145" t="s">
-[...11 lines deleted...]
-      <c r="F1145" s="1" t="s">
+      <c r="G1145" t="s">
         <v>3530</v>
-      </c>
-[...1 lines deleted...]
-        <v>3531</v>
       </c>
     </row>
     <row r="1146" spans="1:7">
       <c r="A1146" t="s">
+        <v>3531</v>
+      </c>
+      <c r="B1146" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1146" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D1146" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1146" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1146" s="1" t="s">
         <v>3532</v>
       </c>
-      <c r="B1146" t="s">
-[...11 lines deleted...]
-      <c r="F1146" s="1" t="s">
+      <c r="G1146" t="s">
         <v>3533</v>
-      </c>
-[...1 lines deleted...]
-        <v>3534</v>
       </c>
     </row>
     <row r="1147" spans="1:7">
       <c r="A1147" t="s">
+        <v>3534</v>
+      </c>
+      <c r="B1147" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1147" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D1147" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1147" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1147" s="1" t="s">
         <v>3535</v>
       </c>
-      <c r="B1147" t="s">
-[...11 lines deleted...]
-      <c r="F1147" s="1" t="s">
+      <c r="G1147" t="s">
         <v>3536</v>
-      </c>
-[...1 lines deleted...]
-        <v>3537</v>
       </c>
     </row>
     <row r="1148" spans="1:7">
       <c r="A1148" t="s">
+        <v>3537</v>
+      </c>
+      <c r="B1148" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1148" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D1148" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1148" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1148" s="1" t="s">
         <v>3538</v>
       </c>
-      <c r="B1148" t="s">
-[...11 lines deleted...]
-      <c r="F1148" s="1" t="s">
+      <c r="G1148" t="s">
         <v>3539</v>
-      </c>
-[...1 lines deleted...]
-        <v>3540</v>
       </c>
     </row>
     <row r="1149" spans="1:7">
       <c r="A1149" t="s">
+        <v>3540</v>
+      </c>
+      <c r="B1149" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1149" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D1149" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1149" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1149" s="1" t="s">
         <v>3541</v>
       </c>
-      <c r="B1149" t="s">
-[...11 lines deleted...]
-      <c r="F1149" s="1" t="s">
+      <c r="G1149" t="s">
         <v>3542</v>
-      </c>
-[...1 lines deleted...]
-        <v>3543</v>
       </c>
     </row>
     <row r="1150" spans="1:7">
       <c r="A1150" t="s">
+        <v>3543</v>
+      </c>
+      <c r="B1150" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1150" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D1150" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1150" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1150" s="1" t="s">
         <v>3544</v>
       </c>
-      <c r="B1150" t="s">
+      <c r="G1150" t="s">
         <v>3545</v>
-      </c>
-[...13 lines deleted...]
-        <v>3547</v>
       </c>
     </row>
     <row r="1151" spans="1:7">
       <c r="A1151" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B1151" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1151" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D1151" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1151" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1151" s="1" t="s">
+        <v>3547</v>
+      </c>
+      <c r="G1151" t="s">
         <v>3548</v>
-      </c>
-[...16 lines deleted...]
-        <v>3550</v>
       </c>
     </row>
     <row r="1152" spans="1:7">
       <c r="A1152" t="s">
+        <v>3549</v>
+      </c>
+      <c r="B1152" t="s">
+        <v>3550</v>
+      </c>
+      <c r="C1152" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D1152" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1152" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1152" s="1" t="s">
         <v>3551</v>
       </c>
-      <c r="B1152" t="s">
-[...11 lines deleted...]
-      <c r="F1152" s="1" t="s">
+      <c r="G1152" t="s">
         <v>3552</v>
-      </c>
-[...1 lines deleted...]
-        <v>3553</v>
       </c>
     </row>
     <row r="1153" spans="1:7">
       <c r="A1153" t="s">
+        <v>3553</v>
+      </c>
+      <c r="B1153" t="s">
         <v>3554</v>
       </c>
-      <c r="B1153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1153" t="s">
-        <v>1060</v>
+        <v>1114</v>
       </c>
       <c r="D1153" t="s">
         <v>10</v>
       </c>
       <c r="E1153" t="s">
         <v>11</v>
       </c>
       <c r="F1153" s="1" t="s">
         <v>3555</v>
       </c>
       <c r="G1153" t="s">
         <v>3556</v>
       </c>
     </row>
     <row r="1154" spans="1:7">
       <c r="A1154" t="s">
         <v>3557</v>
       </c>
       <c r="B1154" t="s">
-        <v>3545</v>
+        <v>3554</v>
       </c>
       <c r="C1154" t="s">
-        <v>1064</v>
+        <v>1104</v>
       </c>
       <c r="D1154" t="s">
         <v>10</v>
       </c>
       <c r="E1154" t="s">
         <v>11</v>
       </c>
       <c r="F1154" s="1" t="s">
         <v>3558</v>
       </c>
       <c r="G1154" t="s">
         <v>3559</v>
       </c>
     </row>
     <row r="1155" spans="1:7">
       <c r="A1155" t="s">
         <v>3560</v>
       </c>
       <c r="B1155" t="s">
-        <v>3545</v>
+        <v>3554</v>
       </c>
       <c r="C1155" t="s">
-        <v>1068</v>
+        <v>1108</v>
       </c>
       <c r="D1155" t="s">
         <v>10</v>
       </c>
       <c r="E1155" t="s">
         <v>11</v>
       </c>
       <c r="F1155" s="1" t="s">
         <v>3561</v>
       </c>
       <c r="G1155" t="s">
         <v>3562</v>
       </c>
     </row>
     <row r="1156" spans="1:7">
       <c r="A1156" t="s">
         <v>3563</v>
       </c>
       <c r="B1156" t="s">
-        <v>3545</v>
+        <v>3554</v>
       </c>
       <c r="C1156" t="s">
-        <v>1072</v>
+        <v>1111</v>
       </c>
       <c r="D1156" t="s">
         <v>10</v>
       </c>
       <c r="E1156" t="s">
         <v>11</v>
       </c>
       <c r="F1156" s="1" t="s">
         <v>3564</v>
       </c>
       <c r="G1156" t="s">
         <v>3565</v>
       </c>
     </row>
     <row r="1157" spans="1:7">
       <c r="A1157" t="s">
         <v>3566</v>
       </c>
       <c r="B1157" t="s">
-        <v>3545</v>
+        <v>3554</v>
       </c>
       <c r="C1157" t="s">
-        <v>1076</v>
+        <v>1117</v>
       </c>
       <c r="D1157" t="s">
         <v>10</v>
       </c>
       <c r="E1157" t="s">
         <v>11</v>
       </c>
       <c r="F1157" s="1" t="s">
         <v>3567</v>
       </c>
       <c r="G1157" t="s">
         <v>3568</v>
       </c>
     </row>
     <row r="1158" spans="1:7">
       <c r="A1158" t="s">
         <v>3569</v>
       </c>
       <c r="B1158" t="s">
-        <v>3545</v>
+        <v>3554</v>
       </c>
       <c r="C1158" t="s">
-        <v>1080</v>
+        <v>1120</v>
       </c>
       <c r="D1158" t="s">
         <v>10</v>
       </c>
       <c r="E1158" t="s">
         <v>11</v>
       </c>
       <c r="F1158" s="1" t="s">
         <v>3570</v>
       </c>
       <c r="G1158" t="s">
         <v>3571</v>
       </c>
     </row>
     <row r="1159" spans="1:7">
       <c r="A1159" t="s">
         <v>3572</v>
       </c>
       <c r="B1159" t="s">
-        <v>3545</v>
+        <v>3554</v>
       </c>
       <c r="C1159" t="s">
-        <v>1084</v>
+        <v>1123</v>
       </c>
       <c r="D1159" t="s">
         <v>10</v>
       </c>
       <c r="E1159" t="s">
         <v>11</v>
       </c>
       <c r="F1159" s="1" t="s">
         <v>3573</v>
       </c>
       <c r="G1159" t="s">
         <v>3574</v>
       </c>
     </row>
     <row r="1160" spans="1:7">
       <c r="A1160" t="s">
         <v>3575</v>
       </c>
       <c r="B1160" t="s">
-        <v>3545</v>
+        <v>3554</v>
       </c>
       <c r="C1160" t="s">
-        <v>1088</v>
+        <v>1126</v>
       </c>
       <c r="D1160" t="s">
         <v>10</v>
       </c>
       <c r="E1160" t="s">
         <v>11</v>
       </c>
       <c r="F1160" s="1" t="s">
         <v>3576</v>
       </c>
       <c r="G1160" t="s">
         <v>3577</v>
       </c>
     </row>
     <row r="1161" spans="1:7">
       <c r="A1161" t="s">
         <v>3578</v>
       </c>
       <c r="B1161" t="s">
-        <v>3545</v>
+        <v>3554</v>
       </c>
       <c r="C1161" t="s">
-        <v>1092</v>
+        <v>1129</v>
       </c>
       <c r="D1161" t="s">
         <v>10</v>
       </c>
       <c r="E1161" t="s">
         <v>11</v>
       </c>
       <c r="F1161" s="1" t="s">
         <v>3579</v>
       </c>
       <c r="G1161" t="s">
         <v>3580</v>
       </c>
     </row>
     <row r="1162" spans="1:7">
       <c r="A1162" t="s">
         <v>3581</v>
       </c>
       <c r="B1162" t="s">
-        <v>3545</v>
+        <v>3554</v>
       </c>
       <c r="C1162" t="s">
-        <v>1096</v>
+        <v>1133</v>
       </c>
       <c r="D1162" t="s">
         <v>10</v>
       </c>
       <c r="E1162" t="s">
         <v>11</v>
       </c>
       <c r="F1162" s="1" t="s">
         <v>3582</v>
       </c>
       <c r="G1162" t="s">
         <v>3583</v>
       </c>
     </row>
     <row r="1163" spans="1:7">
       <c r="A1163" t="s">
         <v>3584</v>
       </c>
       <c r="B1163" t="s">
-        <v>3545</v>
+        <v>3554</v>
       </c>
       <c r="C1163" t="s">
-        <v>1100</v>
+        <v>1136</v>
       </c>
       <c r="D1163" t="s">
         <v>10</v>
       </c>
       <c r="E1163" t="s">
         <v>11</v>
       </c>
       <c r="F1163" s="1" t="s">
         <v>3585</v>
       </c>
       <c r="G1163" t="s">
         <v>3586</v>
       </c>
     </row>
     <row r="1164" spans="1:7">
       <c r="A1164" t="s">
         <v>3587</v>
       </c>
       <c r="B1164" t="s">
-        <v>3545</v>
+        <v>3554</v>
       </c>
       <c r="C1164" t="s">
-        <v>1104</v>
+        <v>1142</v>
       </c>
       <c r="D1164" t="s">
         <v>10</v>
       </c>
       <c r="E1164" t="s">
         <v>11</v>
       </c>
       <c r="F1164" s="1" t="s">
         <v>3588</v>
       </c>
       <c r="G1164" t="s">
         <v>3589</v>
       </c>
     </row>
     <row r="1165" spans="1:7">
       <c r="A1165" t="s">
         <v>3590</v>
       </c>
       <c r="B1165" t="s">
-        <v>3545</v>
+        <v>3554</v>
       </c>
       <c r="C1165" t="s">
-        <v>1108</v>
+        <v>1145</v>
       </c>
       <c r="D1165" t="s">
         <v>10</v>
       </c>
       <c r="E1165" t="s">
         <v>11</v>
       </c>
       <c r="F1165" s="1" t="s">
         <v>3591</v>
       </c>
       <c r="G1165" t="s">
         <v>3592</v>
       </c>
     </row>
     <row r="1166" spans="1:7">
       <c r="A1166" t="s">
         <v>3593</v>
       </c>
       <c r="B1166" t="s">
-        <v>3545</v>
+        <v>3594</v>
       </c>
       <c r="C1166" t="s">
-        <v>1111</v>
+        <v>1048</v>
       </c>
       <c r="D1166" t="s">
         <v>10</v>
       </c>
       <c r="E1166" t="s">
         <v>11</v>
       </c>
       <c r="F1166" s="1" t="s">
-        <v>3594</v>
+        <v>3595</v>
       </c>
       <c r="G1166" t="s">
-        <v>3595</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="1167" spans="1:7">
       <c r="A1167" t="s">
-        <v>3596</v>
+        <v>3597</v>
       </c>
       <c r="B1167" t="s">
-        <v>3545</v>
+        <v>3594</v>
       </c>
       <c r="C1167" t="s">
-        <v>1114</v>
+        <v>1052</v>
       </c>
       <c r="D1167" t="s">
         <v>10</v>
       </c>
       <c r="E1167" t="s">
         <v>11</v>
       </c>
       <c r="F1167" s="1" t="s">
-        <v>3597</v>
+        <v>3598</v>
       </c>
       <c r="G1167" t="s">
-        <v>3598</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="1168" spans="1:7">
       <c r="A1168" t="s">
-        <v>3599</v>
+        <v>3600</v>
       </c>
       <c r="B1168" t="s">
-        <v>3545</v>
+        <v>3594</v>
       </c>
       <c r="C1168" t="s">
-        <v>1117</v>
+        <v>1056</v>
       </c>
       <c r="D1168" t="s">
         <v>10</v>
       </c>
       <c r="E1168" t="s">
         <v>11</v>
       </c>
       <c r="F1168" s="1" t="s">
-        <v>3600</v>
+        <v>3601</v>
       </c>
       <c r="G1168" t="s">
-        <v>3601</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="1169" spans="1:7">
       <c r="A1169" t="s">
-        <v>3602</v>
+        <v>3603</v>
       </c>
       <c r="B1169" t="s">
-        <v>3545</v>
+        <v>3594</v>
       </c>
       <c r="C1169" t="s">
-        <v>1120</v>
+        <v>1060</v>
       </c>
       <c r="D1169" t="s">
         <v>10</v>
       </c>
       <c r="E1169" t="s">
         <v>11</v>
       </c>
       <c r="F1169" s="1" t="s">
-        <v>3603</v>
+        <v>3604</v>
       </c>
       <c r="G1169" t="s">
-        <v>3604</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="1170" spans="1:7">
       <c r="A1170" t="s">
-        <v>3605</v>
+        <v>3606</v>
       </c>
       <c r="B1170" t="s">
-        <v>3545</v>
+        <v>3594</v>
       </c>
       <c r="C1170" t="s">
-        <v>1123</v>
+        <v>1064</v>
       </c>
       <c r="D1170" t="s">
         <v>10</v>
       </c>
       <c r="E1170" t="s">
         <v>11</v>
       </c>
       <c r="F1170" s="1" t="s">
-        <v>3606</v>
+        <v>3607</v>
       </c>
       <c r="G1170" t="s">
-        <v>3607</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="1171" spans="1:7">
       <c r="A1171" t="s">
-        <v>3608</v>
+        <v>3609</v>
       </c>
       <c r="B1171" t="s">
-        <v>3545</v>
+        <v>3594</v>
       </c>
       <c r="C1171" t="s">
-        <v>1126</v>
+        <v>1068</v>
       </c>
       <c r="D1171" t="s">
         <v>10</v>
       </c>
       <c r="E1171" t="s">
         <v>11</v>
       </c>
       <c r="F1171" s="1" t="s">
-        <v>3609</v>
+        <v>3610</v>
       </c>
       <c r="G1171" t="s">
-        <v>3610</v>
+        <v>3611</v>
       </c>
     </row>
     <row r="1172" spans="1:7">
       <c r="A1172" t="s">
-        <v>3611</v>
+        <v>3612</v>
       </c>
       <c r="B1172" t="s">
-        <v>3545</v>
+        <v>3594</v>
       </c>
       <c r="C1172" t="s">
-        <v>1129</v>
+        <v>1072</v>
       </c>
       <c r="D1172" t="s">
         <v>10</v>
       </c>
       <c r="E1172" t="s">
         <v>11</v>
       </c>
       <c r="F1172" s="1" t="s">
-        <v>3612</v>
+        <v>3613</v>
       </c>
       <c r="G1172" t="s">
-        <v>3613</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="1173" spans="1:7">
       <c r="A1173" t="s">
-        <v>3614</v>
+        <v>3615</v>
       </c>
       <c r="B1173" t="s">
-        <v>3545</v>
+        <v>3594</v>
       </c>
       <c r="C1173" t="s">
-        <v>1133</v>
+        <v>1076</v>
       </c>
       <c r="D1173" t="s">
         <v>10</v>
       </c>
       <c r="E1173" t="s">
         <v>11</v>
       </c>
       <c r="F1173" s="1" t="s">
-        <v>3615</v>
+        <v>3616</v>
       </c>
       <c r="G1173" t="s">
-        <v>3616</v>
+        <v>3617</v>
       </c>
     </row>
     <row r="1174" spans="1:7">
       <c r="A1174" t="s">
-        <v>3617</v>
+        <v>3618</v>
       </c>
       <c r="B1174" t="s">
-        <v>3545</v>
+        <v>3594</v>
       </c>
       <c r="C1174" t="s">
-        <v>1136</v>
+        <v>1080</v>
       </c>
       <c r="D1174" t="s">
         <v>10</v>
       </c>
       <c r="E1174" t="s">
         <v>11</v>
       </c>
       <c r="F1174" s="1" t="s">
-        <v>3618</v>
+        <v>3619</v>
       </c>
       <c r="G1174" t="s">
-        <v>3619</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="1175" spans="1:7">
       <c r="A1175" t="s">
-        <v>3620</v>
+        <v>3621</v>
       </c>
       <c r="B1175" t="s">
-        <v>3545</v>
+        <v>3594</v>
       </c>
       <c r="C1175" t="s">
-        <v>1139</v>
+        <v>1084</v>
       </c>
       <c r="D1175" t="s">
         <v>10</v>
       </c>
       <c r="E1175" t="s">
         <v>11</v>
       </c>
       <c r="F1175" s="1" t="s">
-        <v>3621</v>
+        <v>3622</v>
       </c>
       <c r="G1175" t="s">
-        <v>3622</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="1176" spans="1:7">
       <c r="A1176" t="s">
-        <v>3623</v>
+        <v>3624</v>
       </c>
       <c r="B1176" t="s">
-        <v>3545</v>
+        <v>3594</v>
       </c>
       <c r="C1176" t="s">
-        <v>1142</v>
+        <v>1088</v>
       </c>
       <c r="D1176" t="s">
         <v>10</v>
       </c>
       <c r="E1176" t="s">
         <v>11</v>
       </c>
       <c r="F1176" s="1" t="s">
-        <v>3624</v>
+        <v>3625</v>
       </c>
       <c r="G1176" t="s">
-        <v>3625</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="1177" spans="1:7">
       <c r="A1177" t="s">
-        <v>3626</v>
+        <v>3627</v>
       </c>
       <c r="B1177" t="s">
-        <v>3545</v>
+        <v>3594</v>
       </c>
       <c r="C1177" t="s">
-        <v>1145</v>
+        <v>1092</v>
       </c>
       <c r="D1177" t="s">
         <v>10</v>
       </c>
       <c r="E1177" t="s">
         <v>11</v>
       </c>
       <c r="F1177" s="1" t="s">
-        <v>3627</v>
+        <v>3628</v>
       </c>
       <c r="G1177" t="s">
-        <v>3628</v>
+        <v>3629</v>
       </c>
     </row>
     <row r="1178" spans="1:7">
       <c r="A1178" t="s">
-        <v>3629</v>
+        <v>3630</v>
       </c>
       <c r="B1178" t="s">
-        <v>3630</v>
+        <v>3594</v>
       </c>
       <c r="C1178" t="s">
-        <v>1120</v>
+        <v>1096</v>
       </c>
       <c r="D1178" t="s">
         <v>10</v>
       </c>
       <c r="E1178" t="s">
         <v>11</v>
       </c>
       <c r="F1178" s="1" t="s">
         <v>3631</v>
       </c>
       <c r="G1178" t="s">
         <v>3632</v>
       </c>
     </row>
     <row r="1179" spans="1:7">
       <c r="A1179" t="s">
         <v>3633</v>
       </c>
       <c r="B1179" t="s">
-        <v>3630</v>
+        <v>3594</v>
       </c>
       <c r="C1179" t="s">
-        <v>1123</v>
+        <v>1100</v>
       </c>
       <c r="D1179" t="s">
         <v>10</v>
       </c>
       <c r="E1179" t="s">
         <v>11</v>
       </c>
       <c r="F1179" s="1" t="s">
         <v>3634</v>
       </c>
       <c r="G1179" t="s">
         <v>3635</v>
       </c>
     </row>
     <row r="1180" spans="1:7">
       <c r="A1180" t="s">
         <v>3636</v>
       </c>
       <c r="B1180" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C1180" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D1180" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1180" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1180" s="1" t="s">
         <v>3637</v>
       </c>
-      <c r="C1180" t="s">
-[...8 lines deleted...]
-      <c r="F1180" s="1" t="s">
+      <c r="G1180" t="s">
         <v>3638</v>
-      </c>
-[...1 lines deleted...]
-        <v>3639</v>
       </c>
     </row>
     <row r="1181" spans="1:7">
       <c r="A1181" t="s">
+        <v>3639</v>
+      </c>
+      <c r="B1181" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C1181" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D1181" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1181" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1181" s="1" t="s">
         <v>3640</v>
       </c>
-      <c r="B1181" t="s">
-[...11 lines deleted...]
-      <c r="F1181" s="1" t="s">
+      <c r="G1181" t="s">
         <v>3641</v>
-      </c>
-[...1 lines deleted...]
-        <v>3642</v>
       </c>
     </row>
     <row r="1182" spans="1:7">
       <c r="A1182" t="s">
+        <v>3642</v>
+      </c>
+      <c r="B1182" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C1182" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D1182" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1182" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1182" s="1" t="s">
         <v>3643</v>
       </c>
-      <c r="B1182" t="s">
-[...11 lines deleted...]
-      <c r="F1182" s="1" t="s">
+      <c r="G1182" t="s">
         <v>3644</v>
-      </c>
-[...1 lines deleted...]
-        <v>3645</v>
       </c>
     </row>
     <row r="1183" spans="1:7">
       <c r="A1183" t="s">
+        <v>3645</v>
+      </c>
+      <c r="B1183" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C1183" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D1183" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1183" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1183" s="1" t="s">
         <v>3646</v>
       </c>
-      <c r="B1183" t="s">
-[...11 lines deleted...]
-      <c r="F1183" s="1" t="s">
+      <c r="G1183" t="s">
         <v>3647</v>
-      </c>
-[...1 lines deleted...]
-        <v>3648</v>
       </c>
     </row>
     <row r="1184" spans="1:7">
       <c r="A1184" t="s">
+        <v>3648</v>
+      </c>
+      <c r="B1184" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C1184" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D1184" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1184" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1184" s="1" t="s">
         <v>3649</v>
       </c>
-      <c r="B1184" t="s">
-[...11 lines deleted...]
-      <c r="F1184" s="1" t="s">
+      <c r="G1184" t="s">
         <v>3650</v>
-      </c>
-[...1 lines deleted...]
-        <v>3651</v>
       </c>
     </row>
     <row r="1185" spans="1:7">
       <c r="A1185" t="s">
+        <v>3651</v>
+      </c>
+      <c r="B1185" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C1185" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D1185" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1185" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1185" s="1" t="s">
         <v>3652</v>
       </c>
-      <c r="B1185" t="s">
-[...11 lines deleted...]
-      <c r="F1185" s="1" t="s">
+      <c r="G1185" t="s">
         <v>3653</v>
-      </c>
-[...1 lines deleted...]
-        <v>3654</v>
       </c>
     </row>
     <row r="1186" spans="1:7">
       <c r="A1186" t="s">
+        <v>3654</v>
+      </c>
+      <c r="B1186" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C1186" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D1186" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1186" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1186" s="1" t="s">
         <v>3655</v>
       </c>
-      <c r="B1186" t="s">
-[...11 lines deleted...]
-      <c r="F1186" s="1" t="s">
+      <c r="G1186" t="s">
         <v>3656</v>
-      </c>
-[...1 lines deleted...]
-        <v>3657</v>
       </c>
     </row>
     <row r="1187" spans="1:7">
       <c r="A1187" t="s">
+        <v>3657</v>
+      </c>
+      <c r="B1187" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C1187" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D1187" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1187" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1187" s="1" t="s">
         <v>3658</v>
       </c>
-      <c r="B1187" t="s">
-[...11 lines deleted...]
-      <c r="F1187" s="1" t="s">
+      <c r="G1187" t="s">
         <v>3659</v>
-      </c>
-[...1 lines deleted...]
-        <v>3660</v>
       </c>
     </row>
     <row r="1188" spans="1:7">
       <c r="A1188" t="s">
+        <v>3660</v>
+      </c>
+      <c r="B1188" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C1188" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D1188" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1188" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1188" s="1" t="s">
         <v>3661</v>
       </c>
-      <c r="B1188" t="s">
-[...11 lines deleted...]
-      <c r="F1188" s="1" t="s">
+      <c r="G1188" t="s">
         <v>3662</v>
-      </c>
-[...1 lines deleted...]
-        <v>3663</v>
       </c>
     </row>
     <row r="1189" spans="1:7">
       <c r="A1189" t="s">
+        <v>3663</v>
+      </c>
+      <c r="B1189" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C1189" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D1189" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1189" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1189" s="1" t="s">
         <v>3664</v>
       </c>
-      <c r="B1189" t="s">
-[...11 lines deleted...]
-      <c r="F1189" s="1" t="s">
+      <c r="G1189" t="s">
         <v>3665</v>
-      </c>
-[...1 lines deleted...]
-        <v>3666</v>
       </c>
     </row>
     <row r="1190" spans="1:7">
       <c r="A1190" t="s">
+        <v>3666</v>
+      </c>
+      <c r="B1190" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C1190" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D1190" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1190" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1190" s="1" t="s">
         <v>3667</v>
       </c>
-      <c r="B1190" t="s">
-[...11 lines deleted...]
-      <c r="F1190" s="1" t="s">
+      <c r="G1190" t="s">
         <v>3668</v>
-      </c>
-[...1 lines deleted...]
-        <v>3669</v>
       </c>
     </row>
     <row r="1191" spans="1:7">
       <c r="A1191" t="s">
+        <v>3669</v>
+      </c>
+      <c r="B1191" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C1191" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D1191" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1191" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1191" s="1" t="s">
         <v>3670</v>
       </c>
-      <c r="B1191" t="s">
-[...11 lines deleted...]
-      <c r="F1191" s="1" t="s">
+      <c r="G1191" t="s">
         <v>3671</v>
-      </c>
-[...1 lines deleted...]
-        <v>3672</v>
       </c>
     </row>
     <row r="1192" spans="1:7">
       <c r="A1192" t="s">
+        <v>3672</v>
+      </c>
+      <c r="B1192" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C1192" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D1192" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1192" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1192" s="1" t="s">
         <v>3673</v>
       </c>
-      <c r="B1192" t="s">
-[...11 lines deleted...]
-      <c r="F1192" s="1" t="s">
+      <c r="G1192" t="s">
         <v>3674</v>
-      </c>
-[...1 lines deleted...]
-        <v>3675</v>
       </c>
     </row>
     <row r="1193" spans="1:7">
       <c r="A1193" t="s">
+        <v>3675</v>
+      </c>
+      <c r="B1193" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C1193" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D1193" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1193" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1193" s="1" t="s">
         <v>3676</v>
       </c>
-      <c r="B1193" t="s">
-[...11 lines deleted...]
-      <c r="F1193" s="1" t="s">
+      <c r="G1193" t="s">
         <v>3677</v>
-      </c>
-[...1 lines deleted...]
-        <v>3678</v>
       </c>
     </row>
     <row r="1194" spans="1:7">
       <c r="A1194" t="s">
+        <v>3678</v>
+      </c>
+      <c r="B1194" t="s">
         <v>3679</v>
       </c>
-      <c r="B1194" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1194" t="s">
-        <v>1108</v>
+        <v>1120</v>
       </c>
       <c r="D1194" t="s">
         <v>10</v>
       </c>
       <c r="E1194" t="s">
         <v>11</v>
       </c>
       <c r="F1194" s="1" t="s">
         <v>3680</v>
       </c>
       <c r="G1194" t="s">
         <v>3681</v>
       </c>
     </row>
     <row r="1195" spans="1:7">
       <c r="A1195" t="s">
         <v>3682</v>
       </c>
       <c r="B1195" t="s">
-        <v>3637</v>
+        <v>3679</v>
       </c>
       <c r="C1195" t="s">
-        <v>1111</v>
+        <v>1123</v>
       </c>
       <c r="D1195" t="s">
         <v>10</v>
       </c>
       <c r="E1195" t="s">
         <v>11</v>
       </c>
       <c r="F1195" s="1" t="s">
         <v>3683</v>
       </c>
       <c r="G1195" t="s">
         <v>3684</v>
       </c>
     </row>
     <row r="1196" spans="1:7">
       <c r="A1196" t="s">
         <v>3685</v>
       </c>
       <c r="B1196" t="s">
-        <v>3637</v>
+        <v>3686</v>
       </c>
       <c r="C1196" t="s">
-        <v>1114</v>
+        <v>1056</v>
       </c>
       <c r="D1196" t="s">
         <v>10</v>
       </c>
       <c r="E1196" t="s">
         <v>11</v>
       </c>
       <c r="F1196" s="1" t="s">
-        <v>3686</v>
+        <v>3687</v>
       </c>
       <c r="G1196" t="s">
-        <v>3687</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="1197" spans="1:7">
       <c r="A1197" t="s">
-        <v>3688</v>
+        <v>3689</v>
       </c>
       <c r="B1197" t="s">
-        <v>3637</v>
+        <v>3686</v>
       </c>
       <c r="C1197" t="s">
-        <v>1117</v>
+        <v>1060</v>
       </c>
       <c r="D1197" t="s">
         <v>10</v>
       </c>
       <c r="E1197" t="s">
         <v>11</v>
       </c>
       <c r="F1197" s="1" t="s">
-        <v>3689</v>
+        <v>3690</v>
       </c>
       <c r="G1197" t="s">
-        <v>3690</v>
+        <v>3691</v>
       </c>
     </row>
     <row r="1198" spans="1:7">
       <c r="A1198" t="s">
-        <v>3691</v>
+        <v>3692</v>
       </c>
       <c r="B1198" t="s">
-        <v>3637</v>
+        <v>3686</v>
       </c>
       <c r="C1198" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="D1198" t="s">
         <v>10</v>
       </c>
       <c r="E1198" t="s">
         <v>11</v>
       </c>
       <c r="F1198" s="1" t="s">
-        <v>3692</v>
+        <v>3693</v>
       </c>
       <c r="G1198" t="s">
-        <v>3693</v>
+        <v>3694</v>
       </c>
     </row>
     <row r="1199" spans="1:7">
       <c r="A1199" t="s">
-        <v>3694</v>
+        <v>3695</v>
       </c>
       <c r="B1199" t="s">
-        <v>3637</v>
+        <v>3686</v>
       </c>
       <c r="C1199" t="s">
-        <v>1123</v>
+        <v>1072</v>
       </c>
       <c r="D1199" t="s">
         <v>10</v>
       </c>
       <c r="E1199" t="s">
         <v>11</v>
       </c>
       <c r="F1199" s="1" t="s">
-        <v>3695</v>
+        <v>3696</v>
       </c>
       <c r="G1199" t="s">
-        <v>3696</v>
+        <v>3697</v>
       </c>
     </row>
     <row r="1200" spans="1:7">
       <c r="A1200" t="s">
-        <v>3697</v>
+        <v>3698</v>
       </c>
       <c r="B1200" t="s">
-        <v>3637</v>
+        <v>3686</v>
       </c>
       <c r="C1200" t="s">
-        <v>1126</v>
+        <v>1076</v>
       </c>
       <c r="D1200" t="s">
         <v>10</v>
       </c>
       <c r="E1200" t="s">
         <v>11</v>
       </c>
       <c r="F1200" s="1" t="s">
-        <v>3698</v>
+        <v>3699</v>
       </c>
       <c r="G1200" t="s">
-        <v>3699</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="1201" spans="1:7">
       <c r="A1201" t="s">
-        <v>3700</v>
+        <v>3701</v>
       </c>
       <c r="B1201" t="s">
-        <v>3637</v>
+        <v>3686</v>
       </c>
       <c r="C1201" t="s">
-        <v>1129</v>
+        <v>1080</v>
       </c>
       <c r="D1201" t="s">
         <v>10</v>
       </c>
       <c r="E1201" t="s">
         <v>11</v>
       </c>
       <c r="F1201" s="1" t="s">
-        <v>3701</v>
+        <v>3702</v>
       </c>
       <c r="G1201" t="s">
-        <v>3702</v>
+        <v>3703</v>
       </c>
     </row>
     <row r="1202" spans="1:7">
       <c r="A1202" t="s">
-        <v>3703</v>
+        <v>3704</v>
       </c>
       <c r="B1202" t="s">
-        <v>3637</v>
+        <v>3686</v>
       </c>
       <c r="C1202" t="s">
-        <v>1133</v>
+        <v>1126</v>
       </c>
       <c r="D1202" t="s">
         <v>10</v>
       </c>
       <c r="E1202" t="s">
         <v>11</v>
       </c>
       <c r="F1202" s="1" t="s">
-        <v>3704</v>
+        <v>3705</v>
       </c>
       <c r="G1202" t="s">
-        <v>3705</v>
+        <v>3706</v>
       </c>
     </row>
     <row r="1203" spans="1:7">
       <c r="A1203" t="s">
-        <v>3706</v>
+        <v>3707</v>
       </c>
       <c r="B1203" t="s">
-        <v>3637</v>
+        <v>3686</v>
       </c>
       <c r="C1203" t="s">
-        <v>1136</v>
+        <v>1084</v>
       </c>
       <c r="D1203" t="s">
         <v>10</v>
       </c>
       <c r="E1203" t="s">
         <v>11</v>
       </c>
       <c r="F1203" s="1" t="s">
-        <v>3707</v>
+        <v>3708</v>
       </c>
       <c r="G1203" t="s">
-        <v>3708</v>
+        <v>3709</v>
       </c>
     </row>
     <row r="1204" spans="1:7">
       <c r="A1204" t="s">
-        <v>3709</v>
+        <v>3710</v>
       </c>
       <c r="B1204" t="s">
-        <v>3637</v>
+        <v>3686</v>
       </c>
       <c r="C1204" t="s">
-        <v>1139</v>
+        <v>1088</v>
       </c>
       <c r="D1204" t="s">
         <v>10</v>
       </c>
       <c r="E1204" t="s">
         <v>11</v>
       </c>
       <c r="F1204" s="1" t="s">
-        <v>3710</v>
+        <v>3711</v>
       </c>
       <c r="G1204" t="s">
-        <v>3711</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="1205" spans="1:7">
       <c r="A1205" t="s">
-        <v>3712</v>
+        <v>3713</v>
       </c>
       <c r="B1205" t="s">
-        <v>3637</v>
+        <v>3686</v>
       </c>
       <c r="C1205" t="s">
-        <v>1142</v>
+        <v>1092</v>
       </c>
       <c r="D1205" t="s">
         <v>10</v>
       </c>
       <c r="E1205" t="s">
         <v>11</v>
       </c>
       <c r="F1205" s="1" t="s">
-        <v>3713</v>
+        <v>3714</v>
       </c>
       <c r="G1205" t="s">
-        <v>3714</v>
+        <v>3715</v>
       </c>
     </row>
     <row r="1206" spans="1:7">
       <c r="A1206" t="s">
-        <v>3715</v>
+        <v>3716</v>
       </c>
       <c r="B1206" t="s">
-        <v>3637</v>
+        <v>3686</v>
       </c>
       <c r="C1206" t="s">
-        <v>1145</v>
+        <v>1129</v>
       </c>
       <c r="D1206" t="s">
         <v>10</v>
       </c>
       <c r="E1206" t="s">
         <v>11</v>
       </c>
       <c r="F1206" s="1" t="s">
-        <v>3716</v>
+        <v>3717</v>
       </c>
       <c r="G1206" t="s">
-        <v>3717</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="1207" spans="1:7">
       <c r="A1207" t="s">
-        <v>3718</v>
+        <v>3719</v>
       </c>
       <c r="B1207" t="s">
-        <v>3637</v>
+        <v>3686</v>
       </c>
       <c r="C1207" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="D1207" t="s">
         <v>10</v>
       </c>
       <c r="E1207" t="s">
         <v>11</v>
       </c>
       <c r="F1207" s="1" t="s">
-        <v>3719</v>
+        <v>3720</v>
       </c>
       <c r="G1207" t="s">
-        <v>3720</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="1208" spans="1:7">
       <c r="A1208" t="s">
-        <v>3721</v>
+        <v>3722</v>
       </c>
       <c r="B1208" t="s">
-        <v>3637</v>
+        <v>3686</v>
       </c>
       <c r="C1208" t="s">
-        <v>3336</v>
+        <v>1100</v>
       </c>
       <c r="D1208" t="s">
         <v>10</v>
       </c>
       <c r="E1208" t="s">
         <v>11</v>
       </c>
       <c r="F1208" s="1" t="s">
-        <v>3722</v>
+        <v>3723</v>
       </c>
       <c r="G1208" t="s">
-        <v>3723</v>
+        <v>3724</v>
       </c>
     </row>
     <row r="1209" spans="1:7">
       <c r="A1209" t="s">
-        <v>3724</v>
+        <v>3725</v>
       </c>
       <c r="B1209" t="s">
-        <v>3725</v>
+        <v>3686</v>
       </c>
       <c r="C1209" t="s">
-        <v>1096</v>
+        <v>1104</v>
       </c>
       <c r="D1209" t="s">
         <v>10</v>
       </c>
       <c r="E1209" t="s">
         <v>11</v>
       </c>
       <c r="F1209" s="1" t="s">
         <v>3726</v>
       </c>
       <c r="G1209" t="s">
         <v>3727</v>
       </c>
     </row>
     <row r="1210" spans="1:7">
       <c r="A1210" t="s">
         <v>3728</v>
       </c>
       <c r="B1210" t="s">
+        <v>3686</v>
+      </c>
+      <c r="C1210" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D1210" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1210" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1210" s="1" t="s">
         <v>3729</v>
       </c>
-      <c r="C1210" t="s">
-[...8 lines deleted...]
-      <c r="F1210" s="1" t="s">
+      <c r="G1210" t="s">
         <v>3730</v>
-      </c>
-[...1 lines deleted...]
-        <v>3731</v>
       </c>
     </row>
     <row r="1211" spans="1:7">
       <c r="A1211" t="s">
+        <v>3731</v>
+      </c>
+      <c r="B1211" t="s">
+        <v>3686</v>
+      </c>
+      <c r="C1211" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D1211" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1211" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1211" s="1" t="s">
         <v>3732</v>
       </c>
-      <c r="B1211" t="s">
-[...11 lines deleted...]
-      <c r="F1211" s="1" t="s">
+      <c r="G1211" t="s">
         <v>3733</v>
-      </c>
-[...1 lines deleted...]
-        <v>3734</v>
       </c>
     </row>
     <row r="1212" spans="1:7">
       <c r="A1212" t="s">
+        <v>3734</v>
+      </c>
+      <c r="B1212" t="s">
+        <v>3686</v>
+      </c>
+      <c r="C1212" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D1212" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1212" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1212" s="1" t="s">
         <v>3735</v>
       </c>
-      <c r="B1212" t="s">
-[...11 lines deleted...]
-      <c r="F1212" s="1" t="s">
+      <c r="G1212" t="s">
         <v>3736</v>
-      </c>
-[...1 lines deleted...]
-        <v>3734</v>
       </c>
     </row>
     <row r="1213" spans="1:7">
       <c r="A1213" t="s">
         <v>3737</v>
       </c>
       <c r="B1213" t="s">
-        <v>3729</v>
+        <v>3686</v>
       </c>
       <c r="C1213" t="s">
-        <v>1100</v>
+        <v>1117</v>
       </c>
       <c r="D1213" t="s">
         <v>10</v>
       </c>
       <c r="E1213" t="s">
         <v>11</v>
       </c>
       <c r="F1213" s="1" t="s">
         <v>3738</v>
       </c>
       <c r="G1213" t="s">
-        <v>3734</v>
+        <v>3739</v>
       </c>
     </row>
     <row r="1214" spans="1:7">
       <c r="A1214" t="s">
-        <v>3739</v>
+        <v>3740</v>
       </c>
       <c r="B1214" t="s">
-        <v>3729</v>
+        <v>3686</v>
       </c>
       <c r="C1214" t="s">
-        <v>1104</v>
+        <v>1120</v>
       </c>
       <c r="D1214" t="s">
         <v>10</v>
       </c>
       <c r="E1214" t="s">
         <v>11</v>
       </c>
       <c r="F1214" s="1" t="s">
-        <v>3740</v>
+        <v>3741</v>
       </c>
       <c r="G1214" t="s">
-        <v>3734</v>
+        <v>3742</v>
       </c>
     </row>
     <row r="1215" spans="1:7">
       <c r="A1215" t="s">
-        <v>3741</v>
+        <v>3743</v>
       </c>
       <c r="B1215" t="s">
-        <v>3729</v>
+        <v>3686</v>
       </c>
       <c r="C1215" t="s">
-        <v>1108</v>
+        <v>1123</v>
       </c>
       <c r="D1215" t="s">
         <v>10</v>
       </c>
       <c r="E1215" t="s">
         <v>11</v>
       </c>
       <c r="F1215" s="1" t="s">
-        <v>3742</v>
+        <v>3744</v>
       </c>
       <c r="G1215" t="s">
-        <v>3734</v>
+        <v>3745</v>
       </c>
     </row>
     <row r="1216" spans="1:7">
       <c r="A1216" t="s">
-        <v>3743</v>
+        <v>3746</v>
       </c>
       <c r="B1216" t="s">
-        <v>3729</v>
+        <v>3686</v>
       </c>
       <c r="C1216" t="s">
-        <v>1111</v>
+        <v>1126</v>
       </c>
       <c r="D1216" t="s">
         <v>10</v>
       </c>
       <c r="E1216" t="s">
         <v>11</v>
       </c>
       <c r="F1216" s="1" t="s">
-        <v>3744</v>
+        <v>3747</v>
       </c>
       <c r="G1216" t="s">
-        <v>3734</v>
+        <v>3748</v>
       </c>
     </row>
     <row r="1217" spans="1:7">
       <c r="A1217" t="s">
-        <v>3745</v>
+        <v>3749</v>
       </c>
       <c r="B1217" t="s">
-        <v>3729</v>
+        <v>3686</v>
       </c>
       <c r="C1217" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="D1217" t="s">
         <v>10</v>
       </c>
       <c r="E1217" t="s">
         <v>11</v>
       </c>
       <c r="F1217" s="1" t="s">
-        <v>3746</v>
+        <v>3750</v>
       </c>
       <c r="G1217" t="s">
-        <v>3747</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="1218" spans="1:7">
       <c r="A1218" t="s">
-        <v>3748</v>
+        <v>3752</v>
       </c>
       <c r="B1218" t="s">
-        <v>3729</v>
+        <v>3686</v>
       </c>
       <c r="C1218" t="s">
-        <v>1126</v>
+        <v>1133</v>
       </c>
       <c r="D1218" t="s">
         <v>10</v>
       </c>
       <c r="E1218" t="s">
         <v>11</v>
       </c>
       <c r="F1218" s="1" t="s">
-        <v>3749</v>
+        <v>3753</v>
       </c>
       <c r="G1218" t="s">
-        <v>3750</v>
+        <v>3754</v>
       </c>
     </row>
     <row r="1219" spans="1:7">
       <c r="A1219" t="s">
-        <v>3751</v>
+        <v>3755</v>
       </c>
       <c r="B1219" t="s">
-        <v>3729</v>
+        <v>3686</v>
       </c>
       <c r="C1219" t="s">
-        <v>1129</v>
+        <v>1136</v>
       </c>
       <c r="D1219" t="s">
         <v>10</v>
       </c>
       <c r="E1219" t="s">
         <v>11</v>
       </c>
       <c r="F1219" s="1" t="s">
-        <v>3752</v>
+        <v>3756</v>
       </c>
       <c r="G1219" t="s">
-        <v>3753</v>
+        <v>3757</v>
       </c>
     </row>
     <row r="1220" spans="1:7">
       <c r="A1220" t="s">
-        <v>3754</v>
+        <v>3758</v>
       </c>
       <c r="B1220" t="s">
-        <v>3729</v>
+        <v>3686</v>
       </c>
       <c r="C1220" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="D1220" t="s">
         <v>10</v>
       </c>
       <c r="E1220" t="s">
         <v>11</v>
       </c>
       <c r="F1220" s="1" t="s">
-        <v>3755</v>
+        <v>3759</v>
       </c>
       <c r="G1220" t="s">
-        <v>3756</v>
+        <v>3760</v>
       </c>
     </row>
     <row r="1221" spans="1:7">
       <c r="A1221" t="s">
-        <v>3757</v>
+        <v>3761</v>
       </c>
       <c r="B1221" t="s">
-        <v>3758</v>
+        <v>3686</v>
       </c>
       <c r="C1221" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D1221" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1221" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1221" s="1" t="s">
+        <v>3762</v>
+      </c>
+      <c r="G1221" t="s">
+        <v>3763</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:7">
+      <c r="A1222" t="s">
+        <v>3764</v>
+      </c>
+      <c r="B1222" t="s">
+        <v>3686</v>
+      </c>
+      <c r="C1222" t="s">
         <v>1145</v>
       </c>
-      <c r="D1221" t="s">
-[...9 lines deleted...]
-        <v>3760</v>
+      <c r="D1222" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1222" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1222" s="1" t="s">
+        <v>3765</v>
+      </c>
+      <c r="G1222" t="s">
+        <v>3766</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:7">
+      <c r="A1223" t="s">
+        <v>3767</v>
+      </c>
+      <c r="B1223" t="s">
+        <v>3686</v>
+      </c>
+      <c r="C1223" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D1223" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1223" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1223" s="1" t="s">
+        <v>3768</v>
+      </c>
+      <c r="G1223" t="s">
+        <v>3769</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:7">
+      <c r="A1224" t="s">
+        <v>3770</v>
+      </c>
+      <c r="B1224" t="s">
+        <v>3686</v>
+      </c>
+      <c r="C1224" t="s">
+        <v>3336</v>
+      </c>
+      <c r="D1224" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1224" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1224" s="1" t="s">
+        <v>3771</v>
+      </c>
+      <c r="G1224" t="s">
+        <v>3772</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:7">
+      <c r="A1225" t="s">
+        <v>3773</v>
+      </c>
+      <c r="B1225" t="s">
+        <v>3774</v>
+      </c>
+      <c r="C1225" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D1225" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1225" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1225" s="1" t="s">
+        <v>3775</v>
+      </c>
+      <c r="G1225" t="s">
+        <v>3776</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:7">
+      <c r="A1226" t="s">
+        <v>3777</v>
+      </c>
+      <c r="B1226" t="s">
+        <v>3778</v>
+      </c>
+      <c r="C1226" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D1226" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1226" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1226" s="1" t="s">
+        <v>3779</v>
+      </c>
+      <c r="G1226" t="s">
+        <v>3780</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:7">
+      <c r="A1227" t="s">
+        <v>3781</v>
+      </c>
+      <c r="B1227" t="s">
+        <v>3778</v>
+      </c>
+      <c r="C1227" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D1227" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1227" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1227" s="1" t="s">
+        <v>3782</v>
+      </c>
+      <c r="G1227" t="s">
+        <v>3783</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:7">
+      <c r="A1228" t="s">
+        <v>3784</v>
+      </c>
+      <c r="B1228" t="s">
+        <v>3778</v>
+      </c>
+      <c r="C1228" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D1228" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1228" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1228" s="1" t="s">
+        <v>3785</v>
+      </c>
+      <c r="G1228" t="s">
+        <v>3783</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:7">
+      <c r="A1229" t="s">
+        <v>3786</v>
+      </c>
+      <c r="B1229" t="s">
+        <v>3778</v>
+      </c>
+      <c r="C1229" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D1229" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1229" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1229" s="1" t="s">
+        <v>3787</v>
+      </c>
+      <c r="G1229" t="s">
+        <v>3783</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:7">
+      <c r="A1230" t="s">
+        <v>3788</v>
+      </c>
+      <c r="B1230" t="s">
+        <v>3778</v>
+      </c>
+      <c r="C1230" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D1230" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1230" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1230" s="1" t="s">
+        <v>3789</v>
+      </c>
+      <c r="G1230" t="s">
+        <v>3783</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:7">
+      <c r="A1231" t="s">
+        <v>3790</v>
+      </c>
+      <c r="B1231" t="s">
+        <v>3778</v>
+      </c>
+      <c r="C1231" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D1231" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1231" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1231" s="1" t="s">
+        <v>3791</v>
+      </c>
+      <c r="G1231" t="s">
+        <v>3783</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:7">
+      <c r="A1232" t="s">
+        <v>3792</v>
+      </c>
+      <c r="B1232" t="s">
+        <v>3778</v>
+      </c>
+      <c r="C1232" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D1232" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1232" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1232" s="1" t="s">
+        <v>3793</v>
+      </c>
+      <c r="G1232" t="s">
+        <v>3783</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:7">
+      <c r="A1233" t="s">
+        <v>3794</v>
+      </c>
+      <c r="B1233" t="s">
+        <v>3778</v>
+      </c>
+      <c r="C1233" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D1233" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1233" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1233" s="1" t="s">
+        <v>3795</v>
+      </c>
+      <c r="G1233" t="s">
+        <v>3796</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:7">
+      <c r="A1234" t="s">
+        <v>3797</v>
+      </c>
+      <c r="B1234" t="s">
+        <v>3778</v>
+      </c>
+      <c r="C1234" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D1234" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1234" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1234" s="1" t="s">
+        <v>3798</v>
+      </c>
+      <c r="G1234" t="s">
+        <v>3799</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:7">
+      <c r="A1235" t="s">
+        <v>3800</v>
+      </c>
+      <c r="B1235" t="s">
+        <v>3778</v>
+      </c>
+      <c r="C1235" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D1235" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1235" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1235" s="1" t="s">
+        <v>3801</v>
+      </c>
+      <c r="G1235" t="s">
+        <v>3802</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:7">
+      <c r="A1236" t="s">
+        <v>3803</v>
+      </c>
+      <c r="B1236" t="s">
+        <v>3778</v>
+      </c>
+      <c r="C1236" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D1236" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1236" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1236" s="1" t="s">
+        <v>3804</v>
+      </c>
+      <c r="G1236" t="s">
+        <v>3805</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:7">
+      <c r="A1237" t="s">
+        <v>3806</v>
+      </c>
+      <c r="B1237" t="s">
+        <v>3807</v>
+      </c>
+      <c r="C1237" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D1237" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1237" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1237" s="1" t="s">
+        <v>3808</v>
+      </c>
+      <c r="G1237" t="s">
+        <v>3809</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -40998,50 +41513,66 @@
     <hyperlink ref="F1197" r:id="rId1196"/>
     <hyperlink ref="F1198" r:id="rId1197"/>
     <hyperlink ref="F1199" r:id="rId1198"/>
     <hyperlink ref="F1200" r:id="rId1199"/>
     <hyperlink ref="F1201" r:id="rId1200"/>
     <hyperlink ref="F1202" r:id="rId1201"/>
     <hyperlink ref="F1203" r:id="rId1202"/>
     <hyperlink ref="F1204" r:id="rId1203"/>
     <hyperlink ref="F1205" r:id="rId1204"/>
     <hyperlink ref="F1206" r:id="rId1205"/>
     <hyperlink ref="F1207" r:id="rId1206"/>
     <hyperlink ref="F1208" r:id="rId1207"/>
     <hyperlink ref="F1209" r:id="rId1208"/>
     <hyperlink ref="F1210" r:id="rId1209"/>
     <hyperlink ref="F1211" r:id="rId1210"/>
     <hyperlink ref="F1212" r:id="rId1211"/>
     <hyperlink ref="F1213" r:id="rId1212"/>
     <hyperlink ref="F1214" r:id="rId1213"/>
     <hyperlink ref="F1215" r:id="rId1214"/>
     <hyperlink ref="F1216" r:id="rId1215"/>
     <hyperlink ref="F1217" r:id="rId1216"/>
     <hyperlink ref="F1218" r:id="rId1217"/>
     <hyperlink ref="F1219" r:id="rId1218"/>
     <hyperlink ref="F1220" r:id="rId1219"/>
     <hyperlink ref="F1221" r:id="rId1220"/>
+    <hyperlink ref="F1222" r:id="rId1221"/>
+    <hyperlink ref="F1223" r:id="rId1222"/>
+    <hyperlink ref="F1224" r:id="rId1223"/>
+    <hyperlink ref="F1225" r:id="rId1224"/>
+    <hyperlink ref="F1226" r:id="rId1225"/>
+    <hyperlink ref="F1227" r:id="rId1226"/>
+    <hyperlink ref="F1228" r:id="rId1227"/>
+    <hyperlink ref="F1229" r:id="rId1228"/>
+    <hyperlink ref="F1230" r:id="rId1229"/>
+    <hyperlink ref="F1231" r:id="rId1230"/>
+    <hyperlink ref="F1232" r:id="rId1231"/>
+    <hyperlink ref="F1233" r:id="rId1232"/>
+    <hyperlink ref="F1234" r:id="rId1233"/>
+    <hyperlink ref="F1235" r:id="rId1234"/>
+    <hyperlink ref="F1236" r:id="rId1235"/>
+    <hyperlink ref="F1237" r:id="rId1236"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>